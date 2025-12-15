--- v0 (2025-11-01)
+++ v1 (2025-12-15)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2524">
   <si>
     <t>Popis radnih mjesta u anketi o plaćama</t>
   </si>
   <si>
     <t>www.mojaplaca.hr</t>
   </si>
   <si>
     <t>Ažurirano u</t>
   </si>
   <si>
-    <t>11/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>Broj pozicija</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hr</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hr</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hr</t>
   </si>
   <si>
     <t>Administration</t>
   </si>