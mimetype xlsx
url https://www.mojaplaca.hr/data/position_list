--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2531">
   <si>
     <t>Popis radnih mjesta u anketi o plaćama</t>
   </si>
   <si>
     <t>www.mojaplaca.hr</t>
   </si>
   <si>
     <t>Ažurirano u</t>
   </si>
   <si>
-    <t>12/2025</t>
+    <t>01/2026</t>
   </si>
   <si>
     <t>Broj pozicija</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hr</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hr</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hr</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -1885,50 +1885,61 @@
     <t xml:space="preserve">* Prodaja i prezentacija proizvoda ili usluga kompanije.
 * Istraživanje tržišta i praćenje konkurencije.
 * Dolazak do potencijalnih klijenata s poslovnim ponudama i stvaranje novih poslovnih kontakata.
 * Odabir odgovarajućih rješenja u skladu s definiranim, pojedinačnim zahtjevima i potrebama klijenata.
 * Održavanje redovne telefonske i email komunikacije s klijentima.
 * Organiziranje i vođenje poslovnih sastanaka.
 * Slanje cijena i ponuda, pregovaranje konačnog ugovora i njegovih uvjeta.
 * Odgovornost za ispunjavanje definiranih poslovnih planova i ciljeva.
 </t>
   </si>
   <si>
     <t>Betting Clerk</t>
   </si>
   <si>
     <t>Blagajnik/operater u kladionici</t>
   </si>
   <si>
     <t>* Exchange and treasury operations.
 * Communication with clients.
 * Maintaining the cleanliness of the space.</t>
   </si>
   <si>
     <t>* Mjenjački i blagajnički poslovi.
 * Komunikacija s klijentima.
 * Održavanje čistoće prostora.</t>
+  </si>
+  <si>
+    <t>Bookmaker</t>
+  </si>
+  <si>
+    <t>* Creating, announcing and suspending betting opportunities.
+* Editing the announced rates when necessary.</t>
+  </si>
+  <si>
+    <t>* Stvaranje, objavljivanje i obustava mogućnosti klađenja.
+* Uređivanje objavljenih stopa kad je potrebno.</t>
   </si>
   <si>
     <t>Business Analyst</t>
   </si>
   <si>
     <t>Analitičar poslovnih procesa</t>
   </si>
   <si>
     <t>* Gathering information about the market and analysing the needs of customers.
 * Reporting analysis results to your superior.
 * Defining the fields of prospective production and business activities on the basis of market research.
 * Evaluating the results of analyses, designing market segments, short-term and long-term plans.
 * Providing recommendations for the future strategy.</t>
   </si>
   <si>
     <t>* Prikupljanje informacija o tržištu i analiza potreba kupaca. 
 * Prezentiranje analize podataka nadređenima. 
 * Definiranje polja produkcije i poslovnih aktivnosti na temelju istraživanja tržišta. 
 * Evaluacija rezultata analize, određivanje segmenata tržišta (kratkoročni i dugoročni planovi). 
 * savjetovanje za buduće strategije.</t>
   </si>
   <si>
     <t>Buying Agent</t>
   </si>
   <si>
@@ -8159,50 +8170,76 @@
     <t>Menadžer za okoliš, socijalna pitanja i upravljanj</t>
   </si>
   <si>
     <t>* Development and implementation of sustainability and ESG (Environmental, Social, Governance) strategies.
 * Monitoring and reporting ESG data and metrics.
 * Providing advice to management on ESG and sustainability issues.
 * Coordinating stakeholder engagement and communication.
 * Identifying and evaluating risks and opportunities in the area of sustainability and corporate governance.
 * Developing guidelines and processes to improve ESG performance.
 * Organizing workshops and training programs for employees.
 * Following current trends and guidelines in the area of ESG.
 * Ensuring compliance with legislative requirements and standards in the area of ESG.
 * Supporting initiatives to improve corporate culture and social responsibility.</t>
   </si>
   <si>
     <t>* Razvoj i provedba strategija održivosti i ESG (ekologije, društva, upravljanja).
 * Praćenje i izvješćivanje ESG podataka i metrike.
 * Pružanje savjeta menadžmentu o ESG-u i pitanjima održivosti.
 * Koordiniranje angažmana dionika i komunikacije.
 * Identificiranje i procjena rizika i prilika u području održivosti i korporativnog upravljanja.
 * Razvoj smjernica i procesa za poboljšanje ESG izvedbe.
 * Organiziranje radionica i programa osposobljavanja zaposlenika.
 * Praćenje aktualnih trendova i smjernica u području ESG-a.
 * Osiguravanje usklađenosti sa zakonskim zahtjevima i standardima u području ESG-a.
 * Podupiranje inicijativa za poboljšanje korporativne kulture i društvene odgovornosti.</t>
+  </si>
+  <si>
+    <t>Event Manager</t>
+  </si>
+  <si>
+    <t>Event manager</t>
+  </si>
+  <si>
+    <t>* Responsibility for designing, planning, organising and conducting social gatherings and events.
+* Communicating with clients regarding the nature and the main idea of organised events.
+* Designing and presenting ideas and themes to clients.
+* Searching for potential sites to host social gatherings and events.
+* Concluding orders and contracts with owners of buildings and external suppliers, negotiating contractual terms and conditions.
+* Monitoring the expenditures of the planned budget.
+* Checking and coordinating the activities of external suppliers.
+* Evaluating the success of conducted gatherings and events, analysing gaps and proposing measures for their elimination.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Odgovornost za dizajniranje, planiranje, organiziranje i provođenje okupljanja i događanja. 
+* Komuniciranje s klijentima o ideji organiziranog događanja. 
+* Prezentiranje ideje klijentima. 
+* Potraga za lokacijama događanja. 
+* Ugovaranje lokacije s vlasnicima prostora i vanjskim dobavljačima. Pregovaranje uvjeta. 
+* Nadzor nad troškovima i trošenjem zadanog budžeta. 
+* Provjeravanje i koordiniranje vanjskih dobavljača. 
+* Evaluacija događanja, uočavanje pogrešaka i davanje mogućih rješenja. </t>
   </si>
   <si>
     <t>Facility Manager</t>
   </si>
   <si>
     <t>Voditelj objekta</t>
   </si>
   <si>
     <t>* Responsibility for the operation, maintenance and management of buildings, land, equipment and related devices.
 * Completing tenders, searching for potential suppliers.
 * Conducting meetings with suppliers, negotiating terms of contracts.
 * Communicating with tenants, public authorities and institutions.
 * Responding to emergencies and crisis situations.
 * Performing regular inspection of entrusted property.</t>
   </si>
   <si>
     <t>* Odgovornost za rad, održavanje i upravljanje zgradama, zemljištem, opremom i srodnim uređajima.
 * Popunjavanje ponuda, traženje potencijalnih dobavljača.
 * Provođenje sastanaka s dobavljačima, pregovaranje o uvjetima ugovora.
 * Komunikacija sa stanarima, javnim vlastima i institucijama.
 * Reagiranje na hitne i krizne situacije.
 * Redoviti pregled povjerene imovine.</t>
   </si>
   <si>
     <t>Finance Manager</t>
@@ -15382,88 +15419,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F641"/>
+  <dimension ref="A1:F643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F641"/>
+      <selection activeCell="E6" sqref="E6:F643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -17033,11177 +17070,11217 @@
       </c>
       <c r="C84" t="s">
         <v>335</v>
       </c>
       <c r="D84" t="s">
         <v>336</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>329</v>
       </c>
       <c r="B85" t="s">
         <v>330</v>
       </c>
       <c r="C85" t="s">
         <v>339</v>
       </c>
       <c r="D85" t="s">
+        <v>339</v>
+      </c>
+      <c r="E85" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>329</v>
       </c>
       <c r="B86" t="s">
         <v>330</v>
       </c>
       <c r="C86" t="s">
+        <v>342</v>
+      </c>
+      <c r="D86" t="s">
         <v>343</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>330</v>
       </c>
       <c r="C87" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87" t="s">
         <v>347</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>329</v>
       </c>
       <c r="B88" t="s">
         <v>330</v>
       </c>
       <c r="C88" t="s">
+        <v>350</v>
+      </c>
+      <c r="D88" t="s">
         <v>351</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>329</v>
       </c>
       <c r="B89" t="s">
         <v>330</v>
       </c>
       <c r="C89" t="s">
+        <v>354</v>
+      </c>
+      <c r="D89" t="s">
         <v>355</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>329</v>
       </c>
       <c r="B90" t="s">
         <v>330</v>
       </c>
       <c r="C90" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="D90" t="s">
         <v>359</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>329</v>
       </c>
       <c r="B91" t="s">
         <v>330</v>
       </c>
       <c r="C91" t="s">
         <v>362</v>
       </c>
       <c r="D91" t="s">
+        <v>362</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>329</v>
       </c>
       <c r="B92" t="s">
         <v>330</v>
       </c>
       <c r="C92" t="s">
+        <v>365</v>
+      </c>
+      <c r="D92" t="s">
         <v>366</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>329</v>
       </c>
       <c r="B93" t="s">
         <v>330</v>
       </c>
       <c r="C93" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="D93" t="s">
         <v>370</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>329</v>
       </c>
       <c r="B94" t="s">
         <v>330</v>
       </c>
       <c r="C94" t="s">
         <v>373</v>
       </c>
       <c r="D94" t="s">
+        <v>373</v>
+      </c>
+      <c r="E94" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>329</v>
       </c>
       <c r="B95" t="s">
         <v>330</v>
       </c>
       <c r="C95" t="s">
+        <v>376</v>
+      </c>
+      <c r="D95" t="s">
         <v>377</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="F95" s="2" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>329</v>
       </c>
       <c r="B96" t="s">
         <v>330</v>
       </c>
       <c r="C96" t="s">
+        <v>380</v>
+      </c>
+      <c r="D96" t="s">
         <v>381</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>329</v>
       </c>
       <c r="B97" t="s">
         <v>330</v>
       </c>
       <c r="C97" t="s">
+        <v>384</v>
+      </c>
+      <c r="D97" t="s">
         <v>385</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>329</v>
       </c>
       <c r="B98" t="s">
         <v>330</v>
       </c>
       <c r="C98" t="s">
+        <v>388</v>
+      </c>
+      <c r="D98" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>329</v>
       </c>
       <c r="B99" t="s">
         <v>330</v>
       </c>
       <c r="C99" t="s">
         <v>392</v>
       </c>
       <c r="D99" t="s">
+        <v>254</v>
+      </c>
+      <c r="E99" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="F99" s="2" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>329</v>
       </c>
       <c r="B100" t="s">
         <v>330</v>
       </c>
       <c r="C100" t="s">
+        <v>395</v>
+      </c>
+      <c r="D100" t="s">
         <v>396</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>329</v>
       </c>
       <c r="B101" t="s">
         <v>330</v>
       </c>
       <c r="C101" t="s">
+        <v>399</v>
+      </c>
+      <c r="D101" t="s">
         <v>400</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" s="2" t="s">
         <v>401</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>329</v>
       </c>
       <c r="B102" t="s">
         <v>330</v>
       </c>
       <c r="C102" t="s">
+        <v>403</v>
+      </c>
+      <c r="D102" t="s">
         <v>404</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="F102" s="2" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>329</v>
       </c>
       <c r="B103" t="s">
         <v>330</v>
       </c>
       <c r="C103" t="s">
+        <v>407</v>
+      </c>
+      <c r="D103" t="s">
         <v>408</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="F103" s="2" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>329</v>
       </c>
       <c r="B104" t="s">
         <v>330</v>
       </c>
       <c r="C104" t="s">
+        <v>411</v>
+      </c>
+      <c r="D104" t="s">
         <v>412</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>329</v>
       </c>
       <c r="B105" t="s">
         <v>330</v>
       </c>
       <c r="C105" t="s">
+        <v>415</v>
+      </c>
+      <c r="D105" t="s">
         <v>416</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>329</v>
       </c>
       <c r="B106" t="s">
         <v>330</v>
       </c>
       <c r="C106" t="s">
+        <v>419</v>
+      </c>
+      <c r="D106" t="s">
         <v>420</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="F106" s="2" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>329</v>
       </c>
       <c r="B107" t="s">
         <v>330</v>
       </c>
       <c r="C107" t="s">
+        <v>423</v>
+      </c>
+      <c r="D107" t="s">
         <v>424</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="E107" s="2" t="s">
+      <c r="F107" s="2" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>329</v>
       </c>
       <c r="B108" t="s">
         <v>330</v>
       </c>
       <c r="C108" t="s">
+        <v>427</v>
+      </c>
+      <c r="D108" t="s">
         <v>428</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="F108" s="2" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>329</v>
       </c>
       <c r="B109" t="s">
         <v>330</v>
       </c>
       <c r="C109" t="s">
+        <v>431</v>
+      </c>
+      <c r="D109" t="s">
         <v>432</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>329</v>
       </c>
       <c r="B110" t="s">
         <v>330</v>
       </c>
       <c r="C110" t="s">
+        <v>435</v>
+      </c>
+      <c r="D110" t="s">
         <v>436</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" s="2" t="s">
         <v>437</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>329</v>
       </c>
       <c r="B111" t="s">
         <v>330</v>
       </c>
       <c r="C111" t="s">
+        <v>439</v>
+      </c>
+      <c r="D111" t="s">
         <v>440</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="F111" s="2" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>329</v>
       </c>
       <c r="B112" t="s">
         <v>330</v>
       </c>
       <c r="C112" t="s">
+        <v>443</v>
+      </c>
+      <c r="D112" t="s">
         <v>444</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="F112" s="2" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>329</v>
+      </c>
+      <c r="B113" t="s">
+        <v>330</v>
+      </c>
+      <c r="C113" t="s">
+        <v>447</v>
+      </c>
+      <c r="D113" t="s">
         <v>448</v>
       </c>
-      <c r="B113" t="s">
+      <c r="E113" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="C113" t="s">
+      <c r="F113" s="2" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B114" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C114" t="s">
+        <v>453</v>
+      </c>
+      <c r="D114" t="s">
         <v>454</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="F114" s="2" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B115" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C115" t="s">
+        <v>457</v>
+      </c>
+      <c r="D115" t="s">
         <v>458</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="E115" s="2" t="s">
+      <c r="F115" s="2" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B116" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C116" t="s">
+        <v>461</v>
+      </c>
+      <c r="D116" t="s">
         <v>462</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="E116" s="2" t="s">
+      <c r="F116" s="2" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B117" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C117" t="s">
+        <v>465</v>
+      </c>
+      <c r="D117" t="s">
         <v>466</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B118" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C118" t="s">
+        <v>469</v>
+      </c>
+      <c r="D118" t="s">
         <v>470</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="E118" s="2" t="s">
+      <c r="F118" s="2" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B119" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C119" t="s">
+        <v>473</v>
+      </c>
+      <c r="D119" t="s">
         <v>474</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B120" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C120" t="s">
+        <v>477</v>
+      </c>
+      <c r="D120" t="s">
         <v>478</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B121" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C121" t="s">
+        <v>481</v>
+      </c>
+      <c r="D121" t="s">
         <v>482</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" s="2" t="s">
         <v>483</v>
       </c>
-      <c r="E121" s="2" t="s">
+      <c r="F121" s="2" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B122" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C122" t="s">
+        <v>485</v>
+      </c>
+      <c r="D122" t="s">
         <v>486</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B123" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C123" t="s">
+        <v>489</v>
+      </c>
+      <c r="D123" t="s">
         <v>490</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B124" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C124" t="s">
-        <v>287</v>
+        <v>493</v>
       </c>
       <c r="D124" t="s">
-        <v>288</v>
+        <v>494</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B125" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C125" t="s">
-        <v>496</v>
+        <v>287</v>
       </c>
       <c r="D125" t="s">
+        <v>288</v>
+      </c>
+      <c r="E125" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B126" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C126" t="s">
+        <v>499</v>
+      </c>
+      <c r="D126" t="s">
         <v>500</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F126" s="2" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B127" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C127" t="s">
+        <v>503</v>
+      </c>
+      <c r="D127" t="s">
         <v>504</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B128" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C128" t="s">
+        <v>507</v>
+      </c>
+      <c r="D128" t="s">
         <v>508</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="F128" s="2" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B129" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C129" t="s">
+        <v>511</v>
+      </c>
+      <c r="D129" t="s">
         <v>512</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" s="2" t="s">
         <v>513</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="F129" s="2" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B130" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C130" t="s">
+        <v>515</v>
+      </c>
+      <c r="D130" t="s">
         <v>516</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="F130" s="2" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B131" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C131" t="s">
+        <v>519</v>
+      </c>
+      <c r="D131" t="s">
         <v>520</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" s="2" t="s">
         <v>521</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="F131" s="2" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B132" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C132" t="s">
+        <v>523</v>
+      </c>
+      <c r="D132" t="s">
         <v>524</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B133" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C133" t="s">
+        <v>527</v>
+      </c>
+      <c r="D133" t="s">
         <v>528</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" s="2" t="s">
         <v>529</v>
       </c>
-      <c r="E133" s="2" t="s">
+      <c r="F133" s="2" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B134" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C134" t="s">
+        <v>531</v>
+      </c>
+      <c r="D134" t="s">
         <v>532</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="E134" s="2" t="s">
+      <c r="F134" s="2" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B135" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C135" t="s">
+        <v>535</v>
+      </c>
+      <c r="D135" t="s">
         <v>536</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" s="2" t="s">
         <v>537</v>
       </c>
-      <c r="E135" s="2" t="s">
+      <c r="F135" s="2" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B136" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C136" t="s">
+        <v>539</v>
+      </c>
+      <c r="D136" t="s">
         <v>540</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="E136" s="2" t="s">
+      <c r="F136" s="2" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B137" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C137" t="s">
+        <v>543</v>
+      </c>
+      <c r="D137" t="s">
         <v>544</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" s="2" t="s">
         <v>545</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="F137" s="2" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B138" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C138" t="s">
+        <v>547</v>
+      </c>
+      <c r="D138" t="s">
         <v>548</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" s="2" t="s">
         <v>549</v>
       </c>
-      <c r="E138" s="2" t="s">
+      <c r="F138" s="2" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B139" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C139" t="s">
+        <v>551</v>
+      </c>
+      <c r="D139" t="s">
         <v>552</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B140" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C140" t="s">
+        <v>555</v>
+      </c>
+      <c r="D140" t="s">
         <v>556</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" s="2" t="s">
         <v>557</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="F140" s="2" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B141" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C141" t="s">
+        <v>559</v>
+      </c>
+      <c r="D141" t="s">
         <v>560</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="E141" s="2" t="s">
+      <c r="F141" s="2" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B142" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C142" t="s">
+        <v>563</v>
+      </c>
+      <c r="D142" t="s">
         <v>564</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="E142" s="2" t="s">
+      <c r="F142" s="2" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B143" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C143" t="s">
+        <v>567</v>
+      </c>
+      <c r="D143" t="s">
         <v>568</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" s="2" t="s">
         <v>569</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B144" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C144" t="s">
+        <v>571</v>
+      </c>
+      <c r="D144" t="s">
         <v>572</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B145" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C145" t="s">
+        <v>575</v>
+      </c>
+      <c r="D145" t="s">
         <v>576</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B146" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C146" t="s">
+        <v>579</v>
+      </c>
+      <c r="D146" t="s">
         <v>580</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="F146" s="2" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
+        <v>451</v>
+      </c>
+      <c r="B147" t="s">
+        <v>452</v>
+      </c>
+      <c r="C147" t="s">
+        <v>583</v>
+      </c>
+      <c r="D147" t="s">
         <v>584</v>
       </c>
-      <c r="B147" t="s">
+      <c r="E147" s="2" t="s">
         <v>585</v>
       </c>
-      <c r="C147" t="s">
+      <c r="F147" s="2" t="s">
         <v>586</v>
-      </c>
-[...7 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B148" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C148" t="s">
         <v>589</v>
       </c>
       <c r="D148" t="s">
+        <v>589</v>
+      </c>
+      <c r="E148" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="E148" s="2" t="s">
+      <c r="F148" s="2" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B149" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C149" t="s">
+        <v>592</v>
+      </c>
+      <c r="D149" t="s">
         <v>593</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="F149" s="2" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B150" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C150" t="s">
+        <v>596</v>
+      </c>
+      <c r="D150" t="s">
         <v>597</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" s="2" t="s">
         <v>598</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="F150" s="2" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B151" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C151" t="s">
+        <v>600</v>
+      </c>
+      <c r="D151" t="s">
         <v>601</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="E151" s="2" t="s">
+      <c r="F151" s="2" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B152" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C152" t="s">
+        <v>604</v>
+      </c>
+      <c r="D152" t="s">
         <v>605</v>
       </c>
-      <c r="D152" t="s">
+      <c r="E152" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="E152" s="2" t="s">
+      <c r="F152" s="2" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
+        <v>587</v>
+      </c>
+      <c r="B153" t="s">
+        <v>588</v>
+      </c>
+      <c r="C153" t="s">
+        <v>608</v>
+      </c>
+      <c r="D153" t="s">
         <v>609</v>
       </c>
-      <c r="B153" t="s">
+      <c r="E153" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="C153" t="s">
+      <c r="F153" s="2" t="s">
         <v>611</v>
-      </c>
-[...7 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B154" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C154" t="s">
+        <v>614</v>
+      </c>
+      <c r="D154" t="s">
         <v>615</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E154" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="E154" s="2" t="s">
+      <c r="F154" s="2" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B155" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C155" t="s">
+        <v>618</v>
+      </c>
+      <c r="D155" t="s">
         <v>619</v>
       </c>
-      <c r="D155" t="s">
+      <c r="E155" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="E155" s="2" t="s">
+      <c r="F155" s="2" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B156" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C156" t="s">
+        <v>622</v>
+      </c>
+      <c r="D156" t="s">
         <v>623</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="F156" s="2" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B157" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C157" t="s">
+        <v>626</v>
+      </c>
+      <c r="D157" t="s">
         <v>627</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="F157" s="2" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B158" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C158" t="s">
+        <v>630</v>
+      </c>
+      <c r="D158" t="s">
         <v>631</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" s="2" t="s">
         <v>632</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="F158" s="2" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B159" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C159" t="s">
+        <v>634</v>
+      </c>
+      <c r="D159" t="s">
         <v>635</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" s="2" t="s">
         <v>636</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B160" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C160" t="s">
+        <v>638</v>
+      </c>
+      <c r="D160" t="s">
         <v>639</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" s="2" t="s">
         <v>640</v>
       </c>
-      <c r="E160" s="2" t="s">
+      <c r="F160" s="2" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B161" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C161" t="s">
+        <v>642</v>
+      </c>
+      <c r="D161" t="s">
         <v>643</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="E161" s="2" t="s">
+      <c r="F161" s="2" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B162" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C162" t="s">
+        <v>646</v>
+      </c>
+      <c r="D162" t="s">
         <v>647</v>
       </c>
-      <c r="D162" t="s">
+      <c r="E162" s="2" t="s">
         <v>648</v>
       </c>
-      <c r="E162" s="2" t="s">
+      <c r="F162" s="2" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B163" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C163" t="s">
+        <v>650</v>
+      </c>
+      <c r="D163" t="s">
         <v>651</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" s="2" t="s">
         <v>652</v>
       </c>
-      <c r="E163" s="2" t="s">
+      <c r="F163" s="2" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B164" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C164" t="s">
+        <v>654</v>
+      </c>
+      <c r="D164" t="s">
         <v>655</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="E164" s="2" t="s">
+      <c r="F164" s="2" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B165" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C165" t="s">
+        <v>658</v>
+      </c>
+      <c r="D165" t="s">
         <v>659</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" s="2" t="s">
         <v>660</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B166" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C166" t="s">
+        <v>662</v>
+      </c>
+      <c r="D166" t="s">
         <v>663</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="E166" s="2" t="s">
+      <c r="F166" s="2" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B167" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C167" t="s">
+        <v>666</v>
+      </c>
+      <c r="D167" t="s">
         <v>667</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="F167" s="2" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B168" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C168" t="s">
+        <v>670</v>
+      </c>
+      <c r="D168" t="s">
         <v>671</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="E168" s="2" t="s">
+      <c r="F168" s="2" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B169" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C169" t="s">
+        <v>674</v>
+      </c>
+      <c r="D169" t="s">
         <v>675</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="E169" s="2" t="s">
+      <c r="F169" s="2" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B170" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C170" t="s">
+        <v>678</v>
+      </c>
+      <c r="D170" t="s">
         <v>679</v>
       </c>
-      <c r="D170" t="s">
+      <c r="E170" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="E170" s="2" t="s">
+      <c r="F170" s="2" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B171" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C171" t="s">
+        <v>682</v>
+      </c>
+      <c r="D171" t="s">
         <v>683</v>
       </c>
-      <c r="D171" t="s">
+      <c r="E171" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="E171" s="2" t="s">
+      <c r="F171" s="2" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B172" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C172" t="s">
+        <v>686</v>
+      </c>
+      <c r="D172" t="s">
         <v>687</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="E172" s="2" t="s">
+      <c r="F172" s="2" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B173" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C173" t="s">
+        <v>690</v>
+      </c>
+      <c r="D173" t="s">
         <v>691</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="E173" s="2" t="s">
+      <c r="F173" s="2" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B174" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C174" t="s">
+        <v>694</v>
+      </c>
+      <c r="D174" t="s">
         <v>695</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="E174" s="2" t="s">
+      <c r="F174" s="2" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B175" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C175" t="s">
+        <v>698</v>
+      </c>
+      <c r="D175" t="s">
         <v>699</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" s="2" t="s">
         <v>700</v>
       </c>
-      <c r="E175" s="2" t="s">
+      <c r="F175" s="2" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B176" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C176" t="s">
+        <v>702</v>
+      </c>
+      <c r="D176" t="s">
         <v>703</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176" s="2" t="s">
         <v>704</v>
       </c>
-      <c r="E176" s="2" t="s">
+      <c r="F176" s="2" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B177" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C177" t="s">
+        <v>706</v>
+      </c>
+      <c r="D177" t="s">
         <v>707</v>
       </c>
-      <c r="D177" t="s">
+      <c r="E177" s="2" t="s">
         <v>708</v>
       </c>
-      <c r="E177" s="2" t="s">
+      <c r="F177" s="2" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B178" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C178" t="s">
+        <v>710</v>
+      </c>
+      <c r="D178" t="s">
         <v>711</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" s="2" t="s">
         <v>712</v>
       </c>
-      <c r="E178" s="2" t="s">
+      <c r="F178" s="2" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B179" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C179" t="s">
+        <v>714</v>
+      </c>
+      <c r="D179" t="s">
         <v>715</v>
       </c>
-      <c r="D179" t="s">
+      <c r="E179" s="2" t="s">
         <v>716</v>
       </c>
-      <c r="E179" s="2" t="s">
+      <c r="F179" s="2" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B180" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C180" t="s">
+        <v>718</v>
+      </c>
+      <c r="D180" t="s">
         <v>719</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" s="2" t="s">
         <v>720</v>
       </c>
-      <c r="E180" s="2" t="s">
+      <c r="F180" s="2" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B181" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C181" t="s">
+        <v>722</v>
+      </c>
+      <c r="D181" t="s">
         <v>723</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" s="2" t="s">
         <v>724</v>
       </c>
-      <c r="E181" s="2" t="s">
+      <c r="F181" s="2" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B182" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C182" t="s">
+        <v>726</v>
+      </c>
+      <c r="D182" t="s">
         <v>727</v>
       </c>
-      <c r="D182" t="s">
+      <c r="E182" s="2" t="s">
         <v>728</v>
       </c>
-      <c r="E182" s="2" t="s">
+      <c r="F182" s="2" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B183" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C183" t="s">
+        <v>730</v>
+      </c>
+      <c r="D183" t="s">
         <v>731</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" s="2" t="s">
         <v>732</v>
       </c>
-      <c r="E183" s="2" t="s">
+      <c r="F183" s="2" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B184" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C184" t="s">
+        <v>734</v>
+      </c>
+      <c r="D184" t="s">
         <v>735</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" s="2" t="s">
         <v>736</v>
       </c>
-      <c r="E184" s="2" t="s">
+      <c r="F184" s="2" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
+        <v>612</v>
+      </c>
+      <c r="B185" t="s">
+        <v>613</v>
+      </c>
+      <c r="C185" t="s">
+        <v>738</v>
+      </c>
+      <c r="D185" t="s">
         <v>739</v>
       </c>
-      <c r="B185" t="s">
+      <c r="E185" s="2" t="s">
         <v>740</v>
       </c>
-      <c r="C185" t="s">
+      <c r="F185" s="2" t="s">
         <v>741</v>
-      </c>
-[...7 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B186" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C186" t="s">
+        <v>744</v>
+      </c>
+      <c r="D186" t="s">
         <v>745</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" s="2" t="s">
         <v>746</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="F186" s="2" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B187" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C187" t="s">
+        <v>748</v>
+      </c>
+      <c r="D187" t="s">
         <v>749</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="E187" s="2" t="s">
+      <c r="F187" s="2" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B188" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C188" t="s">
+        <v>752</v>
+      </c>
+      <c r="D188" t="s">
         <v>753</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E188" s="2" t="s">
         <v>754</v>
       </c>
-      <c r="E188" s="2" t="s">
+      <c r="F188" s="2" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B189" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C189" t="s">
+        <v>756</v>
+      </c>
+      <c r="D189" t="s">
         <v>757</v>
       </c>
-      <c r="D189" t="s">
+      <c r="E189" s="2" t="s">
         <v>758</v>
       </c>
-      <c r="E189" s="2" t="s">
+      <c r="F189" s="2" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B190" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C190" t="s">
+        <v>760</v>
+      </c>
+      <c r="D190" t="s">
         <v>761</v>
       </c>
-      <c r="D190" t="s">
+      <c r="E190" s="2" t="s">
         <v>762</v>
       </c>
-      <c r="E190" s="2" t="s">
+      <c r="F190" s="2" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B191" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C191" t="s">
+        <v>764</v>
+      </c>
+      <c r="D191" t="s">
         <v>765</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" s="2" t="s">
         <v>766</v>
       </c>
-      <c r="E191" s="2" t="s">
+      <c r="F191" s="2" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B192" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C192" t="s">
+        <v>768</v>
+      </c>
+      <c r="D192" t="s">
         <v>769</v>
       </c>
-      <c r="D192" t="s">
+      <c r="E192" s="2" t="s">
         <v>770</v>
       </c>
-      <c r="E192" s="2" t="s">
+      <c r="F192" s="2" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B193" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C193" t="s">
+        <v>772</v>
+      </c>
+      <c r="D193" t="s">
         <v>773</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" s="2" t="s">
         <v>774</v>
       </c>
-      <c r="E193" s="2" t="s">
+      <c r="F193" s="2" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B194" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C194" t="s">
+        <v>776</v>
+      </c>
+      <c r="D194" t="s">
         <v>777</v>
       </c>
-      <c r="D194" t="s">
+      <c r="E194" s="2" t="s">
         <v>778</v>
       </c>
-      <c r="E194" s="2" t="s">
+      <c r="F194" s="2" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B195" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C195" t="s">
+        <v>780</v>
+      </c>
+      <c r="D195" t="s">
         <v>781</v>
       </c>
-      <c r="D195" t="s">
+      <c r="E195" s="2" t="s">
         <v>782</v>
       </c>
-      <c r="E195" s="2" t="s">
+      <c r="F195" s="2" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B196" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C196" t="s">
+        <v>784</v>
+      </c>
+      <c r="D196" t="s">
         <v>785</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" s="2" t="s">
         <v>786</v>
       </c>
-      <c r="E196" s="2" t="s">
+      <c r="F196" s="2" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B197" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C197" t="s">
+        <v>788</v>
+      </c>
+      <c r="D197" t="s">
         <v>789</v>
       </c>
-      <c r="D197" t="s">
+      <c r="E197" s="2" t="s">
         <v>790</v>
       </c>
-      <c r="E197" s="2" t="s">
+      <c r="F197" s="2" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B198" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C198" t="s">
+        <v>792</v>
+      </c>
+      <c r="D198" t="s">
         <v>793</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" s="2" t="s">
         <v>794</v>
       </c>
-      <c r="E198" s="2" t="s">
+      <c r="F198" s="2" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B199" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C199" t="s">
+        <v>796</v>
+      </c>
+      <c r="D199" t="s">
         <v>797</v>
       </c>
-      <c r="D199" t="s">
+      <c r="E199" s="2" t="s">
         <v>798</v>
       </c>
-      <c r="E199" s="2" t="s">
+      <c r="F199" s="2" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B200" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C200" t="s">
+        <v>800</v>
+      </c>
+      <c r="D200" t="s">
         <v>801</v>
       </c>
-      <c r="D200" t="s">
+      <c r="E200" s="2" t="s">
         <v>802</v>
       </c>
-      <c r="E200" s="2" t="s">
+      <c r="F200" s="2" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B201" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C201" t="s">
+        <v>804</v>
+      </c>
+      <c r="D201" t="s">
         <v>805</v>
       </c>
-      <c r="D201" t="s">
+      <c r="E201" s="2" t="s">
         <v>806</v>
       </c>
-      <c r="E201" s="2" t="s">
+      <c r="F201" s="2" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B202" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C202" t="s">
+        <v>808</v>
+      </c>
+      <c r="D202" t="s">
         <v>809</v>
       </c>
-      <c r="D202" t="s">
+      <c r="E202" s="2" t="s">
         <v>810</v>
       </c>
-      <c r="E202" s="2" t="s">
+      <c r="F202" s="2" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B203" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C203" t="s">
+        <v>812</v>
+      </c>
+      <c r="D203" t="s">
         <v>813</v>
       </c>
-      <c r="D203" t="s">
+      <c r="E203" s="2" t="s">
         <v>814</v>
       </c>
-      <c r="E203" s="2" t="s">
+      <c r="F203" s="2" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B204" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C204" t="s">
+        <v>816</v>
+      </c>
+      <c r="D204" t="s">
         <v>817</v>
       </c>
-      <c r="D204" t="s">
+      <c r="E204" s="2" t="s">
         <v>818</v>
       </c>
-      <c r="E204" s="2" t="s">
+      <c r="F204" s="2" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B205" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C205" t="s">
+        <v>820</v>
+      </c>
+      <c r="D205" t="s">
         <v>821</v>
       </c>
-      <c r="D205" t="s">
+      <c r="E205" s="2" t="s">
         <v>822</v>
       </c>
-      <c r="E205" s="2" t="s">
+      <c r="F205" s="2" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B206" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C206" t="s">
+        <v>824</v>
+      </c>
+      <c r="D206" t="s">
         <v>825</v>
       </c>
-      <c r="D206" t="s">
+      <c r="E206" s="2" t="s">
         <v>826</v>
       </c>
-      <c r="E206" s="2" t="s">
+      <c r="F206" s="2" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B207" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C207" t="s">
+        <v>828</v>
+      </c>
+      <c r="D207" t="s">
         <v>829</v>
       </c>
-      <c r="D207" t="s">
+      <c r="E207" s="2" t="s">
         <v>830</v>
       </c>
-      <c r="E207" s="2" t="s">
+      <c r="F207" s="2" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
+        <v>742</v>
+      </c>
+      <c r="B208" t="s">
+        <v>743</v>
+      </c>
+      <c r="C208" t="s">
         <v>832</v>
       </c>
-      <c r="B208" t="s">
+      <c r="D208" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B209" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C209" t="s">
-        <v>496</v>
+        <v>287</v>
       </c>
       <c r="D209" t="s">
-        <v>497</v>
+        <v>288</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B210" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C210" t="s">
-        <v>838</v>
+        <v>499</v>
       </c>
       <c r="D210" t="s">
+        <v>500</v>
+      </c>
+      <c r="E210" s="2" t="s">
         <v>839</v>
       </c>
-      <c r="E210" s="2" t="s">
+      <c r="F210" s="2" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B211" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C211" t="s">
+        <v>841</v>
+      </c>
+      <c r="D211" t="s">
         <v>842</v>
       </c>
-      <c r="D211" t="s">
+      <c r="E211" s="2" t="s">
         <v>843</v>
       </c>
-      <c r="E211" s="2" t="s">
+      <c r="F211" s="2" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B212" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C212" t="s">
+        <v>845</v>
+      </c>
+      <c r="D212" t="s">
         <v>846</v>
       </c>
-      <c r="D212" t="s">
+      <c r="E212" s="2" t="s">
         <v>847</v>
       </c>
-      <c r="E212" s="2" t="s">
+      <c r="F212" s="2" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B213" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C213" t="s">
+        <v>849</v>
+      </c>
+      <c r="D213" t="s">
         <v>850</v>
       </c>
-      <c r="D213" t="s">
+      <c r="E213" s="2" t="s">
         <v>851</v>
       </c>
-      <c r="E213" s="2" t="s">
+      <c r="F213" s="2" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B214" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C214" t="s">
+        <v>853</v>
+      </c>
+      <c r="D214" t="s">
         <v>854</v>
       </c>
-      <c r="D214" t="s">
+      <c r="E214" s="2" t="s">
         <v>855</v>
       </c>
-      <c r="E214" s="2" t="s">
+      <c r="F214" s="2" t="s">
         <v>856</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B215" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C215" t="s">
+        <v>857</v>
+      </c>
+      <c r="D215" t="s">
         <v>858</v>
       </c>
-      <c r="D215" t="s">
+      <c r="E215" s="2" t="s">
         <v>859</v>
       </c>
-      <c r="E215" s="2" t="s">
+      <c r="F215" s="2" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B216" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C216" t="s">
+        <v>861</v>
+      </c>
+      <c r="D216" t="s">
         <v>862</v>
       </c>
-      <c r="D216" t="s">
+      <c r="E216" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="E216" s="2" t="s">
+      <c r="F216" s="2" t="s">
         <v>864</v>
-      </c>
-[...1 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B217" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C217" t="s">
+        <v>865</v>
+      </c>
+      <c r="D217" t="s">
         <v>866</v>
       </c>
-      <c r="D217" t="s">
+      <c r="E217" s="2" t="s">
         <v>867</v>
       </c>
-      <c r="E217" s="2" t="s">
+      <c r="F217" s="2" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B218" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C218" t="s">
+        <v>869</v>
+      </c>
+      <c r="D218" t="s">
         <v>870</v>
       </c>
-      <c r="D218" t="s">
+      <c r="E218" s="2" t="s">
         <v>871</v>
       </c>
-      <c r="E218" s="2" t="s">
+      <c r="F218" s="2" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B219" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C219" t="s">
-        <v>295</v>
+        <v>873</v>
       </c>
       <c r="D219" t="s">
-        <v>296</v>
+        <v>874</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>297</v>
+        <v>875</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B220" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C220" t="s">
-        <v>875</v>
+        <v>295</v>
       </c>
       <c r="D220" t="s">
-        <v>876</v>
+        <v>296</v>
       </c>
       <c r="E220" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="F220" s="2" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B221" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C221" t="s">
+        <v>878</v>
+      </c>
+      <c r="D221" t="s">
         <v>879</v>
       </c>
-      <c r="D221" t="s">
+      <c r="E221" s="2" t="s">
         <v>880</v>
       </c>
-      <c r="E221" s="2" t="s">
+      <c r="F221" s="2" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
+        <v>835</v>
+      </c>
+      <c r="B222" t="s">
+        <v>836</v>
+      </c>
+      <c r="C222" t="s">
+        <v>882</v>
+      </c>
+      <c r="D222" t="s">
         <v>883</v>
       </c>
-      <c r="B222" t="s">
+      <c r="E222" s="2" t="s">
         <v>884</v>
       </c>
-      <c r="C222" t="s">
+      <c r="F222" s="2" t="s">
         <v>885</v>
-      </c>
-[...7 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B223" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C223" t="s">
+        <v>888</v>
+      </c>
+      <c r="D223" t="s">
         <v>889</v>
       </c>
-      <c r="D223" t="s">
+      <c r="E223" s="2" t="s">
         <v>890</v>
       </c>
-      <c r="E223" s="2" t="s">
+      <c r="F223" s="2" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B224" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C224" t="s">
+        <v>892</v>
+      </c>
+      <c r="D224" t="s">
         <v>893</v>
       </c>
-      <c r="D224" t="s">
+      <c r="E224" s="2" t="s">
         <v>894</v>
       </c>
-      <c r="E224" s="2" t="s">
+      <c r="F224" s="2" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B225" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C225" t="s">
+        <v>896</v>
+      </c>
+      <c r="D225" t="s">
         <v>897</v>
       </c>
-      <c r="D225" t="s">
+      <c r="E225" s="2" t="s">
         <v>898</v>
       </c>
-      <c r="E225" s="2" t="s">
+      <c r="F225" s="2" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B226" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C226" t="s">
+        <v>900</v>
+      </c>
+      <c r="D226" t="s">
         <v>901</v>
       </c>
-      <c r="D226" t="s">
+      <c r="E226" s="2" t="s">
         <v>902</v>
       </c>
-      <c r="E226" s="2" t="s">
+      <c r="F226" s="2" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B227" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C227" t="s">
+        <v>904</v>
+      </c>
+      <c r="D227" t="s">
         <v>905</v>
       </c>
-      <c r="D227" t="s">
+      <c r="E227" s="2" t="s">
         <v>906</v>
       </c>
-      <c r="E227" s="2" t="s">
+      <c r="F227" s="2" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
+        <v>886</v>
+      </c>
+      <c r="B228" t="s">
+        <v>887</v>
+      </c>
+      <c r="C228" t="s">
+        <v>908</v>
+      </c>
+      <c r="D228" t="s">
         <v>909</v>
       </c>
-      <c r="B228" t="s">
+      <c r="E228" s="2" t="s">
         <v>910</v>
       </c>
-      <c r="C228" t="s">
+      <c r="F228" s="2" t="s">
         <v>911</v>
-      </c>
-[...7 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B229" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C229" t="s">
+        <v>914</v>
+      </c>
+      <c r="D229" t="s">
         <v>915</v>
       </c>
-      <c r="D229" t="s">
+      <c r="E229" s="2" t="s">
         <v>916</v>
       </c>
-      <c r="E229" s="2" t="s">
+      <c r="F229" s="2" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B230" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C230" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="D230" t="s">
         <v>919</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>920</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B231" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C231" t="s">
         <v>922</v>
       </c>
       <c r="D231" t="s">
+        <v>922</v>
+      </c>
+      <c r="E231" s="2" t="s">
         <v>923</v>
       </c>
-      <c r="E231" s="2" t="s">
+      <c r="F231" s="2" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B232" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C232" t="s">
+        <v>925</v>
+      </c>
+      <c r="D232" t="s">
         <v>926</v>
       </c>
-      <c r="D232" t="s">
+      <c r="E232" s="2" t="s">
         <v>927</v>
       </c>
-      <c r="E232" s="2" t="s">
+      <c r="F232" s="2" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B233" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C233" t="s">
+        <v>929</v>
+      </c>
+      <c r="D233" t="s">
         <v>930</v>
       </c>
-      <c r="D233" t="s">
+      <c r="E233" s="2" t="s">
         <v>931</v>
       </c>
-      <c r="E233" s="2" t="s">
+      <c r="F233" s="2" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B234" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C234" t="s">
+        <v>933</v>
+      </c>
+      <c r="D234" t="s">
         <v>934</v>
       </c>
-      <c r="D234" t="s">
+      <c r="E234" s="2" t="s">
         <v>935</v>
       </c>
-      <c r="E234" s="2" t="s">
+      <c r="F234" s="2" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B235" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C235" t="s">
+        <v>937</v>
+      </c>
+      <c r="D235" t="s">
         <v>938</v>
       </c>
-      <c r="D235" t="s">
+      <c r="E235" s="2" t="s">
         <v>939</v>
       </c>
-      <c r="E235" s="2" t="s">
+      <c r="F235" s="2" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
+        <v>912</v>
+      </c>
+      <c r="B236" t="s">
+        <v>913</v>
+      </c>
+      <c r="C236" t="s">
+        <v>941</v>
+      </c>
+      <c r="D236" t="s">
         <v>942</v>
       </c>
-      <c r="B236" t="s">
+      <c r="E236" s="2" t="s">
         <v>943</v>
       </c>
-      <c r="C236" t="s">
+      <c r="F236" s="2" t="s">
         <v>944</v>
-      </c>
-[...7 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B237" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C237" t="s">
+        <v>947</v>
+      </c>
+      <c r="D237" t="s">
         <v>948</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" s="2" t="s">
         <v>949</v>
       </c>
-      <c r="E237" s="2" t="s">
+      <c r="F237" s="2" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B238" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C238" t="s">
+        <v>951</v>
+      </c>
+      <c r="D238" t="s">
         <v>952</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" s="2" t="s">
         <v>953</v>
       </c>
-      <c r="E238" s="2" t="s">
+      <c r="F238" s="2" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B239" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C239" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="D239" t="s">
         <v>956</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>957</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B240" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C240" t="s">
         <v>959</v>
       </c>
       <c r="D240" t="s">
         <v>959</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>960</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B241" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C241" t="s">
         <v>962</v>
       </c>
       <c r="D241" t="s">
         <v>962</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>963</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B242" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C242" t="s">
         <v>965</v>
       </c>
       <c r="D242" t="s">
+        <v>965</v>
+      </c>
+      <c r="E242" s="2" t="s">
         <v>966</v>
       </c>
-      <c r="E242" s="2" t="s">
+      <c r="F242" s="2" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B243" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C243" t="s">
+        <v>968</v>
+      </c>
+      <c r="D243" t="s">
         <v>969</v>
       </c>
-      <c r="D243" t="s">
+      <c r="E243" s="2" t="s">
         <v>970</v>
       </c>
-      <c r="E243" s="2" t="s">
+      <c r="F243" s="2" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B244" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C244" t="s">
+        <v>972</v>
+      </c>
+      <c r="D244" t="s">
         <v>973</v>
       </c>
-      <c r="D244" t="s">
+      <c r="E244" s="2" t="s">
         <v>974</v>
       </c>
-      <c r="E244" s="2" t="s">
+      <c r="F244" s="2" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B245" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C245" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="D245" t="s">
         <v>977</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>978</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B246" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C246" t="s">
         <v>980</v>
       </c>
       <c r="D246" t="s">
+        <v>980</v>
+      </c>
+      <c r="E246" s="2" t="s">
         <v>981</v>
       </c>
-      <c r="E246" s="2" t="s">
+      <c r="F246" s="2" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B247" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C247" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="D247" t="s">
         <v>984</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>985</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B248" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C248" t="s">
         <v>987</v>
       </c>
       <c r="D248" t="s">
+        <v>987</v>
+      </c>
+      <c r="E248" s="2" t="s">
         <v>988</v>
       </c>
-      <c r="E248" s="2" t="s">
+      <c r="F248" s="2" t="s">
         <v>989</v>
-      </c>
-[...1 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B249" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C249" t="s">
+        <v>990</v>
+      </c>
+      <c r="D249" t="s">
         <v>991</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" s="2" t="s">
         <v>992</v>
       </c>
-      <c r="E249" s="2" t="s">
+      <c r="F249" s="2" t="s">
         <v>993</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B250" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C250" t="s">
+        <v>994</v>
+      </c>
+      <c r="D250" t="s">
         <v>995</v>
       </c>
-      <c r="D250" t="s">
+      <c r="E250" s="2" t="s">
         <v>996</v>
       </c>
-      <c r="E250" s="2" t="s">
+      <c r="F250" s="2" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B251" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C251" t="s">
+        <v>998</v>
+      </c>
+      <c r="D251" t="s">
         <v>999</v>
       </c>
-      <c r="D251" t="s">
+      <c r="E251" s="2" t="s">
         <v>1000</v>
       </c>
-      <c r="E251" s="2" t="s">
+      <c r="F251" s="2" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B252" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C252" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="D252" t="s">
         <v>1003</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B253" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C253" t="s">
         <v>1006</v>
       </c>
       <c r="D253" t="s">
         <v>1006</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B254" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C254" t="s">
         <v>1009</v>
       </c>
       <c r="D254" t="s">
         <v>1009</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B255" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C255" t="s">
         <v>1012</v>
       </c>
       <c r="D255" t="s">
         <v>1012</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B256" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C256" t="s">
         <v>1015</v>
       </c>
       <c r="D256" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E256" s="2" t="s">
         <v>1016</v>
       </c>
-      <c r="E256" s="2" t="s">
+      <c r="F256" s="2" t="s">
         <v>1017</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B257" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C257" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="D257" t="s">
         <v>1019</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B258" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C258" t="s">
         <v>1022</v>
       </c>
       <c r="D258" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E258" s="2" t="s">
         <v>1023</v>
       </c>
-      <c r="E258" s="2" t="s">
+      <c r="F258" s="2" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B259" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C259" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D259" t="s">
         <v>1026</v>
       </c>
-      <c r="D259" t="s">
+      <c r="E259" s="2" t="s">
         <v>1027</v>
       </c>
-      <c r="E259" s="2" t="s">
+      <c r="F259" s="2" t="s">
         <v>1028</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B260" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C260" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="D260" t="s">
         <v>1030</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B261" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C261" t="s">
         <v>1033</v>
       </c>
       <c r="D261" t="s">
         <v>1033</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B262" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C262" t="s">
         <v>1036</v>
       </c>
       <c r="D262" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E262" s="2" t="s">
         <v>1037</v>
       </c>
-      <c r="E262" s="2" t="s">
+      <c r="F262" s="2" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B263" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C263" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D263" t="s">
         <v>1040</v>
       </c>
-      <c r="D263" t="s">
+      <c r="E263" s="2" t="s">
         <v>1041</v>
       </c>
-      <c r="E263" s="2" t="s">
+      <c r="F263" s="2" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B264" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C264" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="D264" t="s">
         <v>1044</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B265" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C265" t="s">
         <v>1047</v>
       </c>
       <c r="D265" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E265" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="E265" s="2" t="s">
+      <c r="F265" s="2" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B266" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C266" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D266" t="s">
         <v>1051</v>
       </c>
-      <c r="D266" t="s">
+      <c r="E266" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="E266" s="2" t="s">
+      <c r="F266" s="2" t="s">
         <v>1053</v>
-      </c>
-[...1 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B267" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C267" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D267" t="s">
         <v>1055</v>
       </c>
-      <c r="D267" t="s">
+      <c r="E267" s="2" t="s">
         <v>1056</v>
       </c>
-      <c r="E267" s="2" t="s">
+      <c r="F267" s="2" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B268" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C268" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D268" t="s">
         <v>1059</v>
       </c>
-      <c r="D268" t="s">
+      <c r="E268" s="2" t="s">
         <v>1060</v>
       </c>
-      <c r="E268" s="2" t="s">
+      <c r="F268" s="2" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B269" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C269" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D269" t="s">
         <v>1063</v>
       </c>
-      <c r="D269" t="s">
+      <c r="E269" s="2" t="s">
         <v>1064</v>
       </c>
-      <c r="E269" s="2" t="s">
+      <c r="F269" s="2" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B270" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C270" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D270" t="s">
         <v>1067</v>
       </c>
-      <c r="D270" t="s">
+      <c r="E270" s="2" t="s">
         <v>1068</v>
       </c>
-      <c r="E270" s="2" t="s">
+      <c r="F270" s="2" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B271" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C271" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D271" t="s">
         <v>1071</v>
       </c>
-      <c r="D271" t="s">
+      <c r="E271" s="2" t="s">
         <v>1072</v>
       </c>
-      <c r="E271" s="2" t="s">
+      <c r="F271" s="2" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B272" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C272" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D272" t="s">
         <v>1075</v>
       </c>
-      <c r="D272" t="s">
+      <c r="E272" s="2" t="s">
         <v>1076</v>
       </c>
-      <c r="E272" s="2" t="s">
+      <c r="F272" s="2" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B273" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C273" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="D273" t="s">
         <v>1079</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B274" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C274" t="s">
         <v>1082</v>
       </c>
       <c r="D274" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E274" s="2" t="s">
         <v>1083</v>
       </c>
-      <c r="E274" s="2" t="s">
+      <c r="F274" s="2" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B275" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C275" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D275" t="s">
         <v>1086</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" s="2" t="s">
         <v>1087</v>
       </c>
-      <c r="E275" s="2" t="s">
+      <c r="F275" s="2" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B276" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C276" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D276" t="s">
         <v>1090</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" s="2" t="s">
         <v>1091</v>
       </c>
-      <c r="E276" s="2" t="s">
+      <c r="F276" s="2" t="s">
         <v>1092</v>
-      </c>
-[...1 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B277" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C277" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D277" t="s">
         <v>1094</v>
       </c>
-      <c r="D277" t="s">
+      <c r="E277" s="2" t="s">
         <v>1095</v>
       </c>
-      <c r="E277" s="2" t="s">
+      <c r="F277" s="2" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B278" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C278" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D278" t="s">
         <v>1098</v>
       </c>
-      <c r="D278" t="s">
+      <c r="E278" s="2" t="s">
         <v>1099</v>
       </c>
-      <c r="E278" s="2" t="s">
+      <c r="F278" s="2" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B279" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C279" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="D279" t="s">
         <v>1102</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B280" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C280" t="s">
         <v>1105</v>
       </c>
       <c r="D280" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E280" s="2" t="s">
         <v>1106</v>
       </c>
-      <c r="E280" s="2" t="s">
+      <c r="F280" s="2" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B281" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C281" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D281" t="s">
         <v>1109</v>
       </c>
-      <c r="D281" t="s">
+      <c r="E281" s="2" t="s">
         <v>1110</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B282" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C282" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D282" t="s">
         <v>1113</v>
       </c>
-      <c r="D282" t="s">
+      <c r="E282" s="2" t="s">
         <v>1114</v>
       </c>
-      <c r="E282" s="2" t="s">
+      <c r="F282" s="2" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B283" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C283" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D283" t="s">
         <v>1117</v>
       </c>
-      <c r="D283" t="s">
+      <c r="E283" s="2" t="s">
         <v>1118</v>
       </c>
-      <c r="E283" s="2" t="s">
+      <c r="F283" s="2" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B284" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C284" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D284" t="s">
         <v>1121</v>
       </c>
-      <c r="D284" t="s">
+      <c r="E284" s="2" t="s">
         <v>1122</v>
       </c>
-      <c r="E284" s="2" t="s">
+      <c r="F284" s="2" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B285" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C285" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="D285" t="s">
         <v>1125</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B286" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C286" t="s">
-        <v>875</v>
+        <v>1128</v>
       </c>
       <c r="D286" t="s">
-        <v>876</v>
+        <v>1128</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B287" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C287" t="s">
-        <v>1130</v>
+        <v>878</v>
       </c>
       <c r="D287" t="s">
+        <v>879</v>
+      </c>
+      <c r="E287" s="2" t="s">
         <v>1131</v>
       </c>
-      <c r="E287" s="2" t="s">
+      <c r="F287" s="2" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B288" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C288" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D288" t="s">
         <v>1134</v>
       </c>
-      <c r="D288" t="s">
+      <c r="E288" s="2" t="s">
         <v>1135</v>
       </c>
-      <c r="E288" s="2" t="s">
+      <c r="F288" s="2" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B289" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C289" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D289" t="s">
         <v>1138</v>
       </c>
-      <c r="D289" t="s">
+      <c r="E289" s="2" t="s">
         <v>1139</v>
       </c>
-      <c r="E289" s="2" t="s">
+      <c r="F289" s="2" t="s">
         <v>1140</v>
-      </c>
-[...1 lines deleted...]
-        <v>1141</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B290" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C290" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D290" t="s">
         <v>1142</v>
       </c>
-      <c r="D290" t="s">
+      <c r="E290" s="2" t="s">
         <v>1143</v>
       </c>
-      <c r="E290" s="2" t="s">
+      <c r="F290" s="2" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B291" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C291" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D291" t="s">
         <v>1146</v>
       </c>
-      <c r="D291" t="s">
+      <c r="E291" s="2" t="s">
         <v>1147</v>
       </c>
-      <c r="E291" s="2" t="s">
+      <c r="F291" s="2" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B292" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C292" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="D292" t="s">
         <v>1150</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B293" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C293" t="s">
         <v>1153</v>
       </c>
       <c r="D293" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E293" s="2" t="s">
         <v>1154</v>
       </c>
-      <c r="E293" s="2" t="s">
+      <c r="F293" s="2" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B294" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C294" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D294" t="s">
         <v>1157</v>
       </c>
-      <c r="D294" t="s">
+      <c r="E294" s="2" t="s">
         <v>1158</v>
       </c>
-      <c r="E294" s="2" t="s">
+      <c r="F294" s="2" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B295" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="C295" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D295" t="s">
         <v>1161</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" s="2" t="s">
         <v>1162</v>
       </c>
-      <c r="E295" s="2" t="s">
+      <c r="F295" s="2" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
+        <v>945</v>
+      </c>
+      <c r="B296" t="s">
+        <v>946</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D296" t="s">
         <v>1165</v>
       </c>
-      <c r="B296" t="s">
+      <c r="E296" s="2" t="s">
         <v>1166</v>
       </c>
-      <c r="C296" t="s">
+      <c r="F296" s="2" t="s">
         <v>1167</v>
-      </c>
-[...7 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B297" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C297" t="s">
         <v>1170</v>
       </c>
       <c r="D297" t="s">
+        <v>643</v>
+      </c>
+      <c r="E297" s="2" t="s">
         <v>1171</v>
       </c>
-      <c r="E297" s="2" t="s">
+      <c r="F297" s="2" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B298" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C298" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D298" t="s">
         <v>1174</v>
       </c>
-      <c r="D298" t="s">
+      <c r="E298" s="2" t="s">
         <v>1175</v>
       </c>
-      <c r="E298" s="2" t="s">
+      <c r="F298" s="2" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B299" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C299" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D299" t="s">
         <v>1178</v>
       </c>
-      <c r="D299" t="s">
+      <c r="E299" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="E299" s="2" t="s">
+      <c r="F299" s="2" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B300" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C300" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D300" t="s">
         <v>1182</v>
       </c>
-      <c r="D300" t="s">
+      <c r="E300" s="2" t="s">
         <v>1183</v>
       </c>
-      <c r="E300" s="2" t="s">
+      <c r="F300" s="2" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B301" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C301" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D301" t="s">
         <v>1186</v>
       </c>
-      <c r="D301" t="s">
+      <c r="E301" s="2" t="s">
         <v>1187</v>
       </c>
-      <c r="E301" s="2" t="s">
+      <c r="F301" s="2" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B302" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C302" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D302" t="s">
         <v>1190</v>
       </c>
-      <c r="D302" t="s">
+      <c r="E302" s="2" t="s">
         <v>1191</v>
       </c>
-      <c r="E302" s="2" t="s">
+      <c r="F302" s="2" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B303" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C303" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D303" t="s">
         <v>1194</v>
       </c>
-      <c r="D303" t="s">
+      <c r="E303" s="2" t="s">
         <v>1195</v>
       </c>
-      <c r="E303" s="2" t="s">
+      <c r="F303" s="2" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B304" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C304" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D304" t="s">
         <v>1198</v>
       </c>
-      <c r="D304" t="s">
+      <c r="E304" s="2" t="s">
         <v>1199</v>
       </c>
-      <c r="E304" s="2" t="s">
+      <c r="F304" s="2" t="s">
         <v>1200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B305" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C305" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D305" t="s">
         <v>1202</v>
       </c>
-      <c r="D305" t="s">
+      <c r="E305" s="2" t="s">
         <v>1203</v>
       </c>
-      <c r="E305" s="2" t="s">
+      <c r="F305" s="2" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B306" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C306" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D306" t="s">
         <v>1206</v>
       </c>
-      <c r="D306" t="s">
+      <c r="E306" s="2" t="s">
         <v>1207</v>
       </c>
-      <c r="E306" s="2" t="s">
+      <c r="F306" s="2" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B307" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C307" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D307" t="s">
         <v>1210</v>
       </c>
-      <c r="D307" t="s">
+      <c r="E307" s="2" t="s">
         <v>1211</v>
       </c>
-      <c r="E307" s="2" t="s">
+      <c r="F307" s="2" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D308" t="s">
         <v>1214</v>
       </c>
-      <c r="B308" t="s">
+      <c r="E308" s="2" t="s">
         <v>1215</v>
       </c>
-      <c r="C308" t="s">
+      <c r="F308" s="2" t="s">
         <v>1216</v>
-      </c>
-[...7 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B309" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C309" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D309" t="s">
         <v>1220</v>
       </c>
-      <c r="D309" t="s">
+      <c r="E309" s="2" t="s">
         <v>1221</v>
       </c>
-      <c r="E309" s="2" t="s">
+      <c r="F309" s="2" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B310" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C310" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D310" t="s">
         <v>1224</v>
       </c>
-      <c r="D310" t="s">
+      <c r="E310" s="2" t="s">
         <v>1225</v>
       </c>
-      <c r="E310" s="2" t="s">
+      <c r="F310" s="2" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B311" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C311" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="D311" t="s">
         <v>1228</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B312" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C312" t="s">
         <v>1231</v>
       </c>
       <c r="D312" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E312" s="2" t="s">
         <v>1232</v>
       </c>
-      <c r="E312" s="2" t="s">
+      <c r="F312" s="2" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B313" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C313" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D313" t="s">
         <v>1235</v>
       </c>
-      <c r="D313" t="s">
+      <c r="E313" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="E313" s="2" t="s">
+      <c r="F313" s="2" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B314" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C314" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D314" t="s">
         <v>1239</v>
       </c>
-      <c r="D314" t="s">
+      <c r="E314" s="2" t="s">
         <v>1240</v>
       </c>
-      <c r="E314" s="2" t="s">
+      <c r="F314" s="2" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B315" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C315" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D315" t="s">
         <v>1243</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" s="2" t="s">
         <v>1244</v>
       </c>
-      <c r="E315" s="2" t="s">
+      <c r="F315" s="2" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B316" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C316" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D316" t="s">
         <v>1247</v>
       </c>
-      <c r="D316" t="s">
+      <c r="E316" s="2" t="s">
         <v>1248</v>
       </c>
-      <c r="E316" s="2" t="s">
+      <c r="F316" s="2" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B317" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C317" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D317" t="s">
         <v>1251</v>
       </c>
-      <c r="D317" t="s">
+      <c r="E317" s="2" t="s">
         <v>1252</v>
       </c>
-      <c r="E317" s="2" t="s">
+      <c r="F317" s="2" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B318" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C318" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D318" t="s">
         <v>1255</v>
       </c>
-      <c r="D318" t="s">
+      <c r="E318" s="2" t="s">
         <v>1256</v>
       </c>
-      <c r="E318" s="2" t="s">
+      <c r="F318" s="2" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B319" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C319" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D319" t="s">
         <v>1259</v>
       </c>
-      <c r="D319" t="s">
+      <c r="E319" s="2" t="s">
         <v>1260</v>
       </c>
-      <c r="E319" s="2" t="s">
+      <c r="F319" s="2" t="s">
         <v>1261</v>
-      </c>
-[...1 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B320" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C320" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D320" t="s">
         <v>1263</v>
       </c>
-      <c r="D320" t="s">
+      <c r="E320" s="2" t="s">
         <v>1264</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="F320" s="2" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B321" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C321" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D321" t="s">
         <v>1267</v>
       </c>
-      <c r="D321" t="s">
+      <c r="E321" s="2" t="s">
         <v>1268</v>
       </c>
-      <c r="E321" s="2" t="s">
+      <c r="F321" s="2" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B322" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C322" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D322" t="s">
         <v>1271</v>
       </c>
-      <c r="D322" t="s">
+      <c r="E322" s="2" t="s">
         <v>1272</v>
       </c>
-      <c r="E322" s="2" t="s">
+      <c r="F322" s="2" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B323" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C323" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D323" t="s">
         <v>1275</v>
       </c>
-      <c r="D323" t="s">
+      <c r="E323" s="2" t="s">
         <v>1276</v>
       </c>
-      <c r="E323" s="2" t="s">
+      <c r="F323" s="2" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B324" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C324" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="D324" t="s">
         <v>1279</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B325" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C325" t="s">
         <v>1282</v>
       </c>
       <c r="D325" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E325" s="2" t="s">
         <v>1283</v>
       </c>
-      <c r="E325" s="2" t="s">
+      <c r="F325" s="2" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B326" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C326" t="s">
-        <v>188</v>
+        <v>1285</v>
       </c>
       <c r="D326" t="s">
-        <v>189</v>
+        <v>1286</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B327" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C327" t="s">
-        <v>1288</v>
+        <v>188</v>
       </c>
       <c r="D327" t="s">
+        <v>189</v>
+      </c>
+      <c r="E327" s="2" t="s">
         <v>1289</v>
       </c>
-      <c r="E327" s="2" t="s">
+      <c r="F327" s="2" t="s">
         <v>1290</v>
-      </c>
-[...1 lines deleted...]
-        <v>1291</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="B328" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="C328" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D328" t="s">
         <v>1292</v>
       </c>
-      <c r="D328" t="s">
+      <c r="E328" s="2" t="s">
         <v>1293</v>
       </c>
-      <c r="E328" s="2" t="s">
+      <c r="F328" s="2" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D329" t="s">
         <v>1296</v>
       </c>
-      <c r="B329" t="s">
+      <c r="E329" s="2" t="s">
         <v>1297</v>
       </c>
-      <c r="C329" t="s">
+      <c r="F329" s="2" t="s">
         <v>1298</v>
-      </c>
-[...7 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B330" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C330" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D330" t="s">
         <v>1302</v>
       </c>
-      <c r="D330" t="s">
+      <c r="E330" s="2" t="s">
         <v>1303</v>
       </c>
-      <c r="E330" s="2" t="s">
+      <c r="F330" s="2" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B331" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C331" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D331" t="s">
         <v>1306</v>
       </c>
-      <c r="D331" t="s">
+      <c r="E331" s="2" t="s">
         <v>1307</v>
       </c>
-      <c r="E331" s="2" t="s">
+      <c r="F331" s="2" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B332" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C332" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D332" t="s">
         <v>1310</v>
       </c>
-      <c r="D332" t="s">
+      <c r="E332" s="2" t="s">
         <v>1311</v>
       </c>
-      <c r="E332" s="2" t="s">
+      <c r="F332" s="2" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B333" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C333" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D333" t="s">
         <v>1314</v>
       </c>
-      <c r="D333" t="s">
+      <c r="E333" s="2" t="s">
         <v>1315</v>
       </c>
-      <c r="E333" s="2" t="s">
+      <c r="F333" s="2" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B334" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C334" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D334" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1315</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B335" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C335" t="s">
         <v>1321</v>
       </c>
       <c r="D335" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E335" s="2" t="s">
         <v>1322</v>
       </c>
-      <c r="E335" s="2" t="s">
+      <c r="F335" s="2" t="s">
         <v>1323</v>
-      </c>
-[...1 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B336" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C336" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D336" t="s">
         <v>1325</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" s="2" t="s">
         <v>1326</v>
       </c>
-      <c r="E336" s="2" t="s">
+      <c r="F336" s="2" t="s">
         <v>1327</v>
-      </c>
-[...1 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D337" t="s">
         <v>1329</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" t="s">
+      <c r="E337" s="2" t="s">
         <v>1330</v>
       </c>
-      <c r="D337" t="s">
+      <c r="F337" s="2" t="s">
         <v>1331</v>
-      </c>
-[...4 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="B338" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C338" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D338" t="s">
         <v>1334</v>
       </c>
-      <c r="D338" t="s">
+      <c r="E338" s="2" t="s">
         <v>1335</v>
       </c>
-      <c r="E338" s="2" t="s">
+      <c r="F338" s="2" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="B339" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C339" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D339" t="s">
         <v>1338</v>
       </c>
-      <c r="D339" t="s">
+      <c r="E339" s="2" t="s">
         <v>1339</v>
       </c>
-      <c r="E339" s="2" t="s">
+      <c r="F339" s="2" t="s">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v>1341</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D340" t="s">
         <v>1342</v>
       </c>
-      <c r="B340" t="s">
+      <c r="E340" s="2" t="s">
         <v>1343</v>
       </c>
-      <c r="C340" t="s">
+      <c r="F340" s="2" t="s">
         <v>1344</v>
-      </c>
-[...7 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B341" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C341" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D341" t="s">
         <v>1348</v>
       </c>
-      <c r="D341" t="s">
+      <c r="E341" s="2" t="s">
         <v>1349</v>
       </c>
-      <c r="E341" s="2" t="s">
+      <c r="F341" s="2" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B342" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C342" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D342" t="s">
         <v>1352</v>
       </c>
-      <c r="D342" t="s">
+      <c r="E342" s="2" t="s">
         <v>1353</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="F342" s="2" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B343" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C343" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D343" t="s">
         <v>1356</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" s="2" t="s">
         <v>1357</v>
       </c>
-      <c r="E343" s="2" t="s">
+      <c r="F343" s="2" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B344" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C344" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="D344" t="s">
         <v>1360</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>1361</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B345" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C345" t="s">
         <v>1363</v>
       </c>
       <c r="D345" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E345" s="2" t="s">
         <v>1364</v>
       </c>
-      <c r="E345" s="2" t="s">
+      <c r="F345" s="2" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B346" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C346" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D346" t="s">
         <v>1367</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" s="2" t="s">
         <v>1368</v>
       </c>
-      <c r="E346" s="2" t="s">
+      <c r="F346" s="2" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B347" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C347" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D347" t="s">
         <v>1371</v>
       </c>
-      <c r="D347" t="s">
+      <c r="E347" s="2" t="s">
         <v>1372</v>
       </c>
-      <c r="E347" s="2" t="s">
+      <c r="F347" s="2" t="s">
         <v>1373</v>
-      </c>
-[...1 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B348" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C348" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D348" t="s">
         <v>1375</v>
       </c>
-      <c r="D348" t="s">
+      <c r="E348" s="2" t="s">
         <v>1376</v>
       </c>
-      <c r="E348" s="2" t="s">
+      <c r="F348" s="2" t="s">
         <v>1377</v>
-      </c>
-[...1 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B349" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C349" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D349" t="s">
         <v>1379</v>
       </c>
-      <c r="D349" t="s">
+      <c r="E349" s="2" t="s">
         <v>1380</v>
       </c>
-      <c r="E349" s="2" t="s">
+      <c r="F349" s="2" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B350" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C350" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D350" t="s">
         <v>1383</v>
       </c>
-      <c r="D350" t="s">
+      <c r="E350" s="2" t="s">
         <v>1384</v>
       </c>
-      <c r="E350" s="2" t="s">
+      <c r="F350" s="2" t="s">
         <v>1385</v>
-      </c>
-[...1 lines deleted...]
-        <v>1386</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B351" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C351" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D351" t="s">
         <v>1387</v>
       </c>
-      <c r="D351" t="s">
+      <c r="E351" s="2" t="s">
         <v>1388</v>
       </c>
-      <c r="E351" s="2" t="s">
+      <c r="F351" s="2" t="s">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B352" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C352" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D352" t="s">
         <v>1391</v>
       </c>
-      <c r="D352" t="s">
+      <c r="E352" s="2" t="s">
         <v>1392</v>
       </c>
-      <c r="E352" s="2" t="s">
+      <c r="F352" s="2" t="s">
         <v>1393</v>
-      </c>
-[...1 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B353" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C353" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D353" t="s">
         <v>1395</v>
       </c>
-      <c r="D353" t="s">
+      <c r="E353" s="2" t="s">
         <v>1396</v>
       </c>
-      <c r="E353" s="2" t="s">
+      <c r="F353" s="2" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B354" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C354" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D354" t="s">
         <v>1399</v>
       </c>
-      <c r="D354" t="s">
+      <c r="E354" s="2" t="s">
         <v>1400</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1401</v>
-      </c>
-[...1 lines deleted...]
-        <v>1402</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B355" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C355" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D355" t="s">
         <v>1403</v>
       </c>
-      <c r="D355" t="s">
+      <c r="E355" s="2" t="s">
         <v>1404</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B356" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C356" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D356" t="s">
         <v>1407</v>
       </c>
-      <c r="D356" t="s">
+      <c r="E356" s="2" t="s">
         <v>1408</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B357" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C357" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D357" t="s">
         <v>1411</v>
       </c>
-      <c r="D357" t="s">
+      <c r="E357" s="2" t="s">
         <v>1412</v>
       </c>
-      <c r="E357" s="2" t="s">
+      <c r="F357" s="2" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B358" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C358" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D358" t="s">
         <v>1415</v>
       </c>
-      <c r="D358" t="s">
+      <c r="E358" s="2" t="s">
         <v>1416</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="F358" s="2" t="s">
         <v>1417</v>
-      </c>
-[...1 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B359" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C359" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D359" t="s">
         <v>1419</v>
       </c>
-      <c r="D359" t="s">
+      <c r="E359" s="2" t="s">
         <v>1420</v>
       </c>
-      <c r="E359" s="2" t="s">
+      <c r="F359" s="2" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B360" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C360" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D360" t="s">
         <v>1423</v>
       </c>
-      <c r="D360" t="s">
+      <c r="E360" s="2" t="s">
         <v>1424</v>
       </c>
-      <c r="E360" s="2" t="s">
+      <c r="F360" s="2" t="s">
         <v>1425</v>
-      </c>
-[...1 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B361" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C361" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D361" t="s">
         <v>1427</v>
       </c>
-      <c r="D361" t="s">
+      <c r="E361" s="2" t="s">
         <v>1428</v>
       </c>
-      <c r="E361" s="2" t="s">
+      <c r="F361" s="2" t="s">
         <v>1429</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B362" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C362" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D362" t="s">
         <v>1431</v>
       </c>
-      <c r="D362" t="s">
+      <c r="E362" s="2" t="s">
         <v>1432</v>
       </c>
-      <c r="E362" s="2" t="s">
+      <c r="F362" s="2" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B363" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C363" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D363" t="s">
         <v>1435</v>
       </c>
-      <c r="D363" t="s">
+      <c r="E363" s="2" t="s">
         <v>1436</v>
       </c>
-      <c r="E363" s="2" t="s">
+      <c r="F363" s="2" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1438</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B364" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C364" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D364" t="s">
         <v>1439</v>
       </c>
-      <c r="D364" t="s">
+      <c r="E364" s="2" t="s">
         <v>1440</v>
       </c>
-      <c r="E364" s="2" t="s">
+      <c r="F364" s="2" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B365" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C365" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D365" t="s">
         <v>1443</v>
       </c>
-      <c r="D365" t="s">
+      <c r="E365" s="2" t="s">
         <v>1444</v>
       </c>
-      <c r="E365" s="2" t="s">
+      <c r="F365" s="2" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B366" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C366" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D366" t="s">
         <v>1447</v>
       </c>
-      <c r="D366" t="s">
+      <c r="E366" s="2" t="s">
         <v>1448</v>
       </c>
-      <c r="E366" s="2" t="s">
+      <c r="F366" s="2" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B367" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C367" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D367" t="s">
         <v>1451</v>
       </c>
-      <c r="D367" t="s">
+      <c r="E367" s="2" t="s">
         <v>1452</v>
       </c>
-      <c r="E367" s="2" t="s">
+      <c r="F367" s="2" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B368" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C368" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="D368" t="s">
         <v>1455</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B369" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C369" t="s">
         <v>1458</v>
       </c>
       <c r="D369" t="s">
         <v>1459</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1442</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B370" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C370" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="D370" t="s">
         <v>1462</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1463</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B371" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C371" t="s">
-        <v>540</v>
+        <v>1465</v>
       </c>
       <c r="D371" t="s">
-        <v>541</v>
+        <v>1466</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1466</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B372" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C372" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D372" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B373" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C373" t="s">
-        <v>1471</v>
+        <v>543</v>
       </c>
       <c r="D373" t="s">
+        <v>544</v>
+      </c>
+      <c r="E373" s="2" t="s">
         <v>1472</v>
       </c>
-      <c r="E373" s="2" t="s">
+      <c r="F373" s="2" t="s">
         <v>1473</v>
-      </c>
-[...1 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B374" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C374" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D374" t="s">
         <v>1475</v>
       </c>
-      <c r="D374" t="s">
+      <c r="E374" s="2" t="s">
         <v>1476</v>
       </c>
-      <c r="E374" s="2" t="s">
+      <c r="F374" s="2" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B375" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C375" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D375" t="s">
         <v>1479</v>
       </c>
-      <c r="D375" t="s">
+      <c r="E375" s="2" t="s">
         <v>1480</v>
       </c>
-      <c r="E375" s="2" t="s">
+      <c r="F375" s="2" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B376" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C376" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D376" t="s">
         <v>1483</v>
       </c>
-      <c r="D376" t="s">
+      <c r="E376" s="2" t="s">
         <v>1484</v>
       </c>
-      <c r="E376" s="2" t="s">
+      <c r="F376" s="2" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1486</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B377" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C377" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D377" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B378" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C378" t="s">
         <v>1490</v>
       </c>
       <c r="D378" t="s">
         <v>1491</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B379" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C379" t="s">
         <v>1494</v>
       </c>
       <c r="D379" t="s">
+        <v>262</v>
+      </c>
+      <c r="E379" s="2" t="s">
         <v>1495</v>
       </c>
-      <c r="E379" s="2" t="s">
+      <c r="F379" s="2" t="s">
         <v>1496</v>
-      </c>
-[...1 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B380" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C380" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D380" t="s">
         <v>1498</v>
       </c>
-      <c r="D380" t="s">
+      <c r="E380" s="2" t="s">
         <v>1499</v>
       </c>
-      <c r="E380" s="2" t="s">
+      <c r="F380" s="2" t="s">
         <v>1500</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B381" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C381" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D381" t="s">
         <v>1502</v>
       </c>
-      <c r="D381" t="s">
+      <c r="E381" s="2" t="s">
         <v>1503</v>
       </c>
-      <c r="E381" s="2" t="s">
+      <c r="F381" s="2" t="s">
         <v>1504</v>
-      </c>
-[...1 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B382" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C382" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D382" t="s">
         <v>1506</v>
       </c>
-      <c r="D382" t="s">
+      <c r="E382" s="2" t="s">
         <v>1507</v>
       </c>
-      <c r="E382" s="2" t="s">
+      <c r="F382" s="2" t="s">
         <v>1508</v>
-      </c>
-[...1 lines deleted...]
-        <v>1509</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B383" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C383" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D383" t="s">
         <v>1510</v>
       </c>
-      <c r="D383" t="s">
+      <c r="E383" s="2" t="s">
         <v>1511</v>
       </c>
-      <c r="E383" s="2" t="s">
+      <c r="F383" s="2" t="s">
         <v>1512</v>
-      </c>
-[...1 lines deleted...]
-        <v>1513</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B384" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C384" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D384" t="s">
         <v>1514</v>
       </c>
-      <c r="D384" t="s">
+      <c r="E384" s="2" t="s">
         <v>1515</v>
       </c>
-      <c r="E384" s="2" t="s">
+      <c r="F384" s="2" t="s">
         <v>1516</v>
-      </c>
-[...1 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B385" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C385" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D385" t="s">
         <v>1518</v>
       </c>
-      <c r="D385" t="s">
+      <c r="E385" s="2" t="s">
         <v>1519</v>
       </c>
-      <c r="E385" s="2" t="s">
+      <c r="F385" s="2" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B386" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="C386" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D386" t="s">
         <v>1522</v>
       </c>
-      <c r="D386" t="s">
+      <c r="E386" s="2" t="s">
         <v>1523</v>
       </c>
-      <c r="E386" s="2" t="s">
+      <c r="F386" s="2" t="s">
         <v>1524</v>
-      </c>
-[...1 lines deleted...]
-        <v>1525</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D387" t="s">
         <v>1526</v>
       </c>
-      <c r="B387" t="s">
+      <c r="E387" s="2" t="s">
         <v>1527</v>
       </c>
-      <c r="C387" t="s">
+      <c r="F387" s="2" t="s">
         <v>1528</v>
-      </c>
-[...7 lines deleted...]
-        <v>1531</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1526</v>
+        <v>1345</v>
       </c>
       <c r="B388" t="s">
-        <v>1527</v>
+        <v>1346</v>
       </c>
       <c r="C388" t="s">
-        <v>331</v>
+        <v>1529</v>
       </c>
       <c r="D388" t="s">
-        <v>332</v>
+        <v>1530</v>
       </c>
       <c r="E388" s="2" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F388" s="2" t="s">
         <v>1532</v>
-      </c>
-[...1 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B389" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C389" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="D389" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B390" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C390" t="s">
-        <v>1537</v>
+        <v>331</v>
       </c>
       <c r="D390" t="s">
-        <v>1538</v>
+        <v>332</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B391" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C391" t="s">
         <v>1541</v>
       </c>
       <c r="D391" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E391" s="2" t="s">
         <v>1542</v>
       </c>
-      <c r="E391" s="2" t="s">
+      <c r="F391" s="2" t="s">
         <v>1543</v>
-      </c>
-[...1 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B392" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C392" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="D392" t="s">
         <v>1545</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>1546</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B393" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C393" t="s">
         <v>1548</v>
       </c>
       <c r="D393" t="s">
         <v>1549</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B394" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C394" t="s">
         <v>1552</v>
       </c>
       <c r="D394" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E394" s="2" t="s">
         <v>1553</v>
       </c>
-      <c r="E394" s="2" t="s">
+      <c r="F394" s="2" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B395" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C395" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D395" t="s">
         <v>1556</v>
       </c>
-      <c r="D395" t="s">
+      <c r="E395" s="2" t="s">
         <v>1557</v>
       </c>
-      <c r="E395" s="2" t="s">
+      <c r="F395" s="2" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B396" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C396" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D396" t="s">
         <v>1560</v>
       </c>
-      <c r="D396" t="s">
+      <c r="E396" s="2" t="s">
         <v>1561</v>
       </c>
-      <c r="E396" s="2" t="s">
+      <c r="F396" s="2" t="s">
         <v>1562</v>
-      </c>
-[...1 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B397" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C397" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D397" t="s">
         <v>1564</v>
       </c>
-      <c r="D397" t="s">
+      <c r="E397" s="2" t="s">
         <v>1565</v>
       </c>
-      <c r="E397" s="2" t="s">
+      <c r="F397" s="2" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B398" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C398" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D398" t="s">
         <v>1568</v>
       </c>
-      <c r="D398" t="s">
+      <c r="E398" s="2" t="s">
         <v>1569</v>
       </c>
-      <c r="E398" s="2" t="s">
+      <c r="F398" s="2" t="s">
         <v>1570</v>
-      </c>
-[...1 lines deleted...]
-        <v>1571</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B399" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C399" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D399" t="s">
         <v>1572</v>
       </c>
-      <c r="D399" t="s">
+      <c r="E399" s="2" t="s">
         <v>1573</v>
       </c>
-      <c r="E399" s="2" t="s">
+      <c r="F399" s="2" t="s">
         <v>1574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1575</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B400" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C400" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D400" t="s">
         <v>1576</v>
       </c>
-      <c r="D400" t="s">
+      <c r="E400" s="2" t="s">
         <v>1577</v>
       </c>
-      <c r="E400" s="2" t="s">
+      <c r="F400" s="2" t="s">
         <v>1578</v>
-      </c>
-[...1 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B401" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C401" t="s">
-        <v>389</v>
+        <v>1579</v>
       </c>
       <c r="D401" t="s">
-        <v>254</v>
+        <v>1580</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>390</v>
+        <v>1581</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>391</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B402" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C402" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="D402" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="B403" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="C403" t="s">
-        <v>1584</v>
+        <v>392</v>
       </c>
       <c r="D403" t="s">
-        <v>1585</v>
+        <v>254</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1586</v>
+        <v>393</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1587</v>
+        <v>394</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D404" t="s">
         <v>1588</v>
       </c>
-      <c r="B404" t="s">
+      <c r="E404" s="2" t="s">
         <v>1589</v>
       </c>
-      <c r="C404" t="s">
+      <c r="F404" s="2" t="s">
         <v>1590</v>
-      </c>
-[...7 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1588</v>
+        <v>1533</v>
       </c>
       <c r="B405" t="s">
-        <v>1589</v>
+        <v>1534</v>
       </c>
       <c r="C405" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F405" s="2" t="s">
         <v>1594</v>
-      </c>
-[...7 lines deleted...]
-        <v>1597</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B406" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C406" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D406" t="s">
         <v>1598</v>
       </c>
-      <c r="D406" t="s">
+      <c r="E406" s="2" t="s">
         <v>1599</v>
       </c>
-      <c r="E406" s="2" t="s">
+      <c r="F406" s="2" t="s">
         <v>1600</v>
-      </c>
-[...1 lines deleted...]
-        <v>1601</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B407" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C407" t="s">
-        <v>287</v>
+        <v>1601</v>
       </c>
       <c r="D407" t="s">
-        <v>288</v>
+        <v>1602</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B408" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C408" t="s">
-        <v>496</v>
+        <v>1605</v>
       </c>
       <c r="D408" t="s">
-        <v>497</v>
+        <v>1606</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B409" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C409" t="s">
-        <v>508</v>
+        <v>287</v>
       </c>
       <c r="D409" t="s">
-        <v>509</v>
+        <v>288</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B410" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C410" t="s">
-        <v>1608</v>
+        <v>499</v>
       </c>
       <c r="D410" t="s">
-        <v>1609</v>
+        <v>500</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B411" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C411" t="s">
-        <v>1612</v>
+        <v>511</v>
       </c>
       <c r="D411" t="s">
+        <v>512</v>
+      </c>
+      <c r="E411" s="2" t="s">
         <v>1613</v>
       </c>
-      <c r="E411" s="2" t="s">
+      <c r="F411" s="2" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B412" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C412" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D412" t="s">
         <v>1616</v>
       </c>
-      <c r="D412" t="s">
+      <c r="E412" s="2" t="s">
         <v>1617</v>
       </c>
-      <c r="E412" s="2" t="s">
+      <c r="F412" s="2" t="s">
         <v>1618</v>
-      </c>
-[...1 lines deleted...]
-        <v>1619</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B413" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C413" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D413" t="s">
         <v>1620</v>
       </c>
-      <c r="D413" t="s">
+      <c r="E413" s="2" t="s">
         <v>1621</v>
       </c>
-      <c r="E413" s="2" t="s">
+      <c r="F413" s="2" t="s">
         <v>1622</v>
-      </c>
-[...1 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B414" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C414" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D414" t="s">
         <v>1624</v>
       </c>
-      <c r="D414" t="s">
+      <c r="E414" s="2" t="s">
         <v>1625</v>
       </c>
-      <c r="E414" s="2" t="s">
+      <c r="F414" s="2" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B415" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C415" t="s">
-        <v>295</v>
+        <v>1627</v>
       </c>
       <c r="D415" t="s">
-        <v>296</v>
+        <v>1628</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>297</v>
+        <v>1629</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B416" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C416" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="D416" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B417" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C417" t="s">
-        <v>875</v>
+        <v>295</v>
       </c>
       <c r="D417" t="s">
-        <v>876</v>
+        <v>296</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1128</v>
+        <v>297</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B418" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C418" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="D418" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B419" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C419" t="s">
-        <v>580</v>
+        <v>878</v>
       </c>
       <c r="D419" t="s">
-        <v>581</v>
+        <v>879</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>582</v>
+        <v>1131</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>583</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1638</v>
+        <v>1595</v>
       </c>
       <c r="B420" t="s">
-        <v>1639</v>
+        <v>1596</v>
       </c>
       <c r="C420" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="D420" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1638</v>
+        <v>1595</v>
       </c>
       <c r="B421" t="s">
-        <v>1639</v>
+        <v>1596</v>
       </c>
       <c r="C421" t="s">
-        <v>1644</v>
+        <v>583</v>
       </c>
       <c r="D421" t="s">
-        <v>1645</v>
+        <v>584</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1646</v>
+        <v>585</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1647</v>
+        <v>586</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B422" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C422" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D422" t="s">
         <v>1648</v>
       </c>
-      <c r="D422" t="s">
+      <c r="E422" s="2" t="s">
         <v>1649</v>
       </c>
-      <c r="E422" s="2" t="s">
+      <c r="F422" s="2" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B423" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C423" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D423" t="s">
         <v>1652</v>
       </c>
-      <c r="D423" t="s">
+      <c r="E423" s="2" t="s">
         <v>1653</v>
       </c>
-      <c r="E423" s="2" t="s">
+      <c r="F423" s="2" t="s">
         <v>1654</v>
-      </c>
-[...1 lines deleted...]
-        <v>1655</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B424" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C424" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D424" t="s">
         <v>1656</v>
       </c>
-      <c r="D424" t="s">
+      <c r="E424" s="2" t="s">
         <v>1657</v>
       </c>
-      <c r="E424" s="2" t="s">
+      <c r="F424" s="2" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1659</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B425" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C425" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D425" t="s">
         <v>1660</v>
       </c>
-      <c r="D425" t="s">
+      <c r="E425" s="2" t="s">
         <v>1661</v>
       </c>
-      <c r="E425" s="2" t="s">
+      <c r="F425" s="2" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B426" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C426" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D426" t="s">
         <v>1664</v>
       </c>
-      <c r="D426" t="s">
+      <c r="E426" s="2" t="s">
         <v>1665</v>
       </c>
-      <c r="E426" s="2" t="s">
+      <c r="F426" s="2" t="s">
         <v>1666</v>
-      </c>
-[...1 lines deleted...]
-        <v>1667</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B427" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C427" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D427" t="s">
         <v>1668</v>
       </c>
-      <c r="D427" t="s">
+      <c r="E427" s="2" t="s">
         <v>1669</v>
       </c>
-      <c r="E427" s="2" t="s">
+      <c r="F427" s="2" t="s">
         <v>1670</v>
-      </c>
-[...1 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B428" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C428" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D428" t="s">
         <v>1672</v>
       </c>
-      <c r="D428" t="s">
+      <c r="E428" s="2" t="s">
         <v>1673</v>
       </c>
-      <c r="E428" s="2" t="s">
+      <c r="F428" s="2" t="s">
         <v>1674</v>
-      </c>
-[...1 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B429" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C429" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D429" t="s">
         <v>1676</v>
       </c>
-      <c r="D429" t="s">
+      <c r="E429" s="2" t="s">
         <v>1677</v>
       </c>
-      <c r="E429" s="2" t="s">
+      <c r="F429" s="2" t="s">
         <v>1678</v>
-      </c>
-[...1 lines deleted...]
-        <v>1679</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B430" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C430" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D430" t="s">
         <v>1680</v>
       </c>
-      <c r="D430" t="s">
+      <c r="E430" s="2" t="s">
         <v>1681</v>
       </c>
-      <c r="E430" s="2" t="s">
+      <c r="F430" s="2" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B431" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C431" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D431" t="s">
         <v>1684</v>
       </c>
-      <c r="D431" t="s">
+      <c r="E431" s="2" t="s">
         <v>1685</v>
       </c>
-      <c r="E431" s="2" t="s">
+      <c r="F431" s="2" t="s">
         <v>1686</v>
-      </c>
-[...1 lines deleted...]
-        <v>1687</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B432" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C432" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D432" t="s">
         <v>1688</v>
       </c>
-      <c r="D432" t="s">
+      <c r="E432" s="2" t="s">
         <v>1689</v>
       </c>
-      <c r="E432" s="2" t="s">
+      <c r="F432" s="2" t="s">
         <v>1690</v>
-      </c>
-[...1 lines deleted...]
-        <v>1691</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B433" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C433" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D433" t="s">
         <v>1692</v>
       </c>
-      <c r="D433" t="s">
+      <c r="E433" s="2" t="s">
         <v>1693</v>
       </c>
-      <c r="E433" s="2" t="s">
+      <c r="F433" s="2" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B434" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C434" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D434" t="s">
         <v>1696</v>
       </c>
-      <c r="D434" t="s">
+      <c r="E434" s="2" t="s">
         <v>1697</v>
       </c>
-      <c r="E434" s="2" t="s">
+      <c r="F434" s="2" t="s">
         <v>1698</v>
-      </c>
-[...1 lines deleted...]
-        <v>1699</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B435" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C435" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D435" t="s">
         <v>1700</v>
       </c>
-      <c r="D435" t="s">
+      <c r="E435" s="2" t="s">
         <v>1701</v>
       </c>
-      <c r="E435" s="2" t="s">
+      <c r="F435" s="2" t="s">
         <v>1702</v>
-      </c>
-[...1 lines deleted...]
-        <v>1703</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B436" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C436" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D436" t="s">
         <v>1704</v>
       </c>
-      <c r="D436" t="s">
+      <c r="E436" s="2" t="s">
         <v>1705</v>
       </c>
-      <c r="E436" s="2" t="s">
+      <c r="F436" s="2" t="s">
         <v>1706</v>
-      </c>
-[...1 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B437" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C437" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D437" t="s">
         <v>1708</v>
       </c>
-      <c r="D437" t="s">
+      <c r="E437" s="2" t="s">
         <v>1709</v>
       </c>
-      <c r="E437" s="2" t="s">
+      <c r="F437" s="2" t="s">
         <v>1710</v>
-      </c>
-[...1 lines deleted...]
-        <v>1711</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B438" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C438" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D438" t="s">
         <v>1712</v>
       </c>
-      <c r="D438" t="s">
+      <c r="E438" s="2" t="s">
         <v>1713</v>
       </c>
-      <c r="E438" s="2" t="s">
+      <c r="F438" s="2" t="s">
         <v>1714</v>
-      </c>
-[...1 lines deleted...]
-        <v>1715</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B439" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C439" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D439" t="s">
         <v>1716</v>
       </c>
-      <c r="D439" t="s">
+      <c r="E439" s="2" t="s">
         <v>1717</v>
       </c>
-      <c r="E439" s="2" t="s">
+      <c r="F439" s="2" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B440" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C440" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D440" t="s">
         <v>1720</v>
       </c>
-      <c r="D440" t="s">
+      <c r="E440" s="2" t="s">
         <v>1721</v>
       </c>
-      <c r="E440" s="2" t="s">
+      <c r="F440" s="2" t="s">
         <v>1722</v>
-      </c>
-[...1 lines deleted...]
-        <v>1723</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B441" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C441" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D441" t="s">
         <v>1724</v>
       </c>
-      <c r="D441" t="s">
+      <c r="E441" s="2" t="s">
         <v>1725</v>
       </c>
-      <c r="E441" s="2" t="s">
+      <c r="F441" s="2" t="s">
         <v>1726</v>
-      </c>
-[...1 lines deleted...]
-        <v>1727</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B442" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C442" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D442" t="s">
         <v>1728</v>
       </c>
-      <c r="D442" t="s">
+      <c r="E442" s="2" t="s">
         <v>1729</v>
       </c>
-      <c r="E442" s="2" t="s">
+      <c r="F442" s="2" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B443" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C443" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D443" t="s">
         <v>1732</v>
       </c>
-      <c r="D443" t="s">
+      <c r="E443" s="2" t="s">
         <v>1733</v>
       </c>
-      <c r="E443" s="2" t="s">
+      <c r="F443" s="2" t="s">
         <v>1734</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B444" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C444" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D444" t="s">
         <v>1736</v>
       </c>
-      <c r="D444" t="s">
+      <c r="E444" s="2" t="s">
         <v>1737</v>
       </c>
-      <c r="E444" s="2" t="s">
+      <c r="F444" s="2" t="s">
         <v>1738</v>
-      </c>
-[...1 lines deleted...]
-        <v>1739</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B445" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C445" t="s">
-        <v>1740</v>
+        <v>1739</v>
       </c>
       <c r="D445" t="s">
         <v>1740</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B446" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C446" t="s">
         <v>1743</v>
       </c>
       <c r="D446" t="s">
         <v>1744</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B447" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C447" t="s">
         <v>1747</v>
       </c>
       <c r="D447" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E447" s="2" t="s">
         <v>1748</v>
       </c>
-      <c r="E447" s="2" t="s">
+      <c r="F447" s="2" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B448" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C448" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D448" t="s">
         <v>1751</v>
       </c>
-      <c r="D448" t="s">
+      <c r="E448" s="2" t="s">
         <v>1752</v>
       </c>
-      <c r="E448" s="2" t="s">
+      <c r="F448" s="2" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B449" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C449" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D449" t="s">
         <v>1755</v>
       </c>
-      <c r="D449" t="s">
+      <c r="E449" s="2" t="s">
         <v>1756</v>
       </c>
-      <c r="E449" s="2" t="s">
+      <c r="F449" s="2" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B450" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C450" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D450" t="s">
         <v>1759</v>
       </c>
-      <c r="D450" t="s">
+      <c r="E450" s="2" t="s">
         <v>1760</v>
       </c>
-      <c r="E450" s="2" t="s">
+      <c r="F450" s="2" t="s">
         <v>1761</v>
-      </c>
-[...1 lines deleted...]
-        <v>1762</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B451" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C451" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D451" t="s">
         <v>1763</v>
       </c>
-      <c r="D451" t="s">
+      <c r="E451" s="2" t="s">
         <v>1764</v>
       </c>
-      <c r="E451" s="2" t="s">
+      <c r="F451" s="2" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B452" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C452" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D452" t="s">
         <v>1767</v>
       </c>
-      <c r="D452" t="s">
+      <c r="E452" s="2" t="s">
         <v>1768</v>
       </c>
-      <c r="E452" s="2" t="s">
+      <c r="F452" s="2" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B453" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C453" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D453" t="s">
         <v>1771</v>
       </c>
-      <c r="D453" t="s">
+      <c r="E453" s="2" t="s">
         <v>1772</v>
       </c>
-      <c r="E453" s="2" t="s">
+      <c r="F453" s="2" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B454" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C454" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D454" t="s">
         <v>1775</v>
       </c>
-      <c r="D454" t="s">
+      <c r="E454" s="2" t="s">
         <v>1776</v>
       </c>
-      <c r="E454" s="2" t="s">
+      <c r="F454" s="2" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1778</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B455" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C455" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D455" t="s">
         <v>1779</v>
       </c>
-      <c r="D455" t="s">
+      <c r="E455" s="2" t="s">
         <v>1780</v>
       </c>
-      <c r="E455" s="2" t="s">
+      <c r="F455" s="2" t="s">
         <v>1781</v>
-      </c>
-[...1 lines deleted...]
-        <v>1782</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B456" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C456" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D456" t="s">
         <v>1783</v>
       </c>
-      <c r="D456" t="s">
+      <c r="E456" s="2" t="s">
         <v>1784</v>
       </c>
-      <c r="E456" s="2" t="s">
+      <c r="F456" s="2" t="s">
         <v>1785</v>
-      </c>
-[...1 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="B457" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="C457" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D457" t="s">
         <v>1787</v>
       </c>
-      <c r="D457" t="s">
+      <c r="E457" s="2" t="s">
         <v>1788</v>
       </c>
-      <c r="E457" s="2" t="s">
+      <c r="F457" s="2" t="s">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D458" t="s">
         <v>1791</v>
       </c>
-      <c r="B458" t="s">
+      <c r="E458" s="2" t="s">
         <v>1792</v>
       </c>
-      <c r="C458" t="s">
+      <c r="F458" s="2" t="s">
         <v>1793</v>
-      </c>
-[...7 lines deleted...]
-        <v>1796</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1791</v>
+        <v>1645</v>
       </c>
       <c r="B459" t="s">
-        <v>1792</v>
+        <v>1646</v>
       </c>
       <c r="C459" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E459" s="2" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F459" s="2" t="s">
         <v>1797</v>
-      </c>
-[...7 lines deleted...]
-        <v>1800</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1791</v>
+        <v>1798</v>
       </c>
       <c r="B460" t="s">
-        <v>1792</v>
+        <v>1799</v>
       </c>
       <c r="C460" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D460" t="s">
         <v>1801</v>
       </c>
-      <c r="D460" t="s">
+      <c r="E460" s="2" t="s">
         <v>1802</v>
       </c>
-      <c r="E460" s="2" t="s">
+      <c r="F460" s="2" t="s">
         <v>1803</v>
-      </c>
-[...1 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1791</v>
+        <v>1798</v>
       </c>
       <c r="B461" t="s">
-        <v>1792</v>
+        <v>1799</v>
       </c>
       <c r="C461" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D461" t="s">
         <v>1805</v>
       </c>
-      <c r="D461" t="s">
+      <c r="E461" s="2" t="s">
         <v>1806</v>
       </c>
-      <c r="E461" s="2" t="s">
+      <c r="F461" s="2" t="s">
         <v>1807</v>
-      </c>
-[...1 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D462" t="s">
         <v>1809</v>
       </c>
-      <c r="B462" t="s">
+      <c r="E462" s="2" t="s">
         <v>1810</v>
       </c>
-      <c r="C462" t="s">
+      <c r="F462" s="2" t="s">
         <v>1811</v>
-      </c>
-[...7 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1809</v>
+        <v>1798</v>
       </c>
       <c r="B463" t="s">
-        <v>1810</v>
+        <v>1799</v>
       </c>
       <c r="C463" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E463" s="2" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F463" s="2" t="s">
         <v>1815</v>
-      </c>
-[...7 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1809</v>
+        <v>1816</v>
       </c>
       <c r="B464" t="s">
-        <v>1810</v>
+        <v>1817</v>
       </c>
       <c r="C464" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D464" t="s">
         <v>1819</v>
-      </c>
-[...1 lines deleted...]
-        <v>1748</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>1820</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C465" t="s">
         <v>1822</v>
       </c>
-      <c r="B465" t="s">
+      <c r="D465" t="s">
         <v>1823</v>
       </c>
-      <c r="C465" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E465" s="2" t="s">
-        <v>1606</v>
+        <v>1824</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1822</v>
+        <v>1816</v>
       </c>
       <c r="B466" t="s">
-        <v>1823</v>
+        <v>1817</v>
       </c>
       <c r="C466" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="D466" t="s">
-        <v>1826</v>
+        <v>1755</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>1827</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>1828</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B467" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C467" t="s">
-        <v>1829</v>
+        <v>511</v>
       </c>
       <c r="D467" t="s">
-        <v>1830</v>
+        <v>512</v>
       </c>
       <c r="E467" s="2" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F467" s="2" t="s">
         <v>1831</v>
-      </c>
-[...1 lines deleted...]
-        <v>1832</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B468" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C468" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D468" t="s">
         <v>1833</v>
       </c>
-      <c r="D468" t="s">
+      <c r="E468" s="2" t="s">
         <v>1834</v>
       </c>
-      <c r="E468" s="2" t="s">
+      <c r="F468" s="2" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B469" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C469" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D469" t="s">
         <v>1837</v>
       </c>
-      <c r="D469" t="s">
+      <c r="E469" s="2" t="s">
         <v>1838</v>
       </c>
-      <c r="E469" s="2" t="s">
+      <c r="F469" s="2" t="s">
         <v>1839</v>
-      </c>
-[...1 lines deleted...]
-        <v>1840</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B470" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C470" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D470" t="s">
         <v>1841</v>
       </c>
-      <c r="D470" t="s">
+      <c r="E470" s="2" t="s">
         <v>1842</v>
       </c>
-      <c r="E470" s="2" t="s">
+      <c r="F470" s="2" t="s">
         <v>1843</v>
-      </c>
-[...1 lines deleted...]
-        <v>1844</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B471" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C471" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D471" t="s">
         <v>1845</v>
       </c>
-      <c r="D471" t="s">
+      <c r="E471" s="2" t="s">
         <v>1846</v>
       </c>
-      <c r="E471" s="2" t="s">
+      <c r="F471" s="2" t="s">
         <v>1847</v>
-      </c>
-[...1 lines deleted...]
-        <v>1848</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B472" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C472" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D472" t="s">
         <v>1849</v>
       </c>
-      <c r="D472" t="s">
+      <c r="E472" s="2" t="s">
         <v>1850</v>
       </c>
-      <c r="E472" s="2" t="s">
+      <c r="F472" s="2" t="s">
         <v>1851</v>
-      </c>
-[...1 lines deleted...]
-        <v>1852</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B473" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C473" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D473" t="s">
         <v>1853</v>
       </c>
-      <c r="D473" t="s">
+      <c r="E473" s="2" t="s">
         <v>1854</v>
       </c>
-      <c r="E473" s="2" t="s">
+      <c r="F473" s="2" t="s">
         <v>1855</v>
-      </c>
-[...1 lines deleted...]
-        <v>1856</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B474" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C474" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D474" t="s">
         <v>1857</v>
       </c>
-      <c r="D474" t="s">
+      <c r="E474" s="2" t="s">
         <v>1858</v>
       </c>
-      <c r="E474" s="2" t="s">
+      <c r="F474" s="2" t="s">
         <v>1859</v>
-      </c>
-[...1 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B475" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C475" t="s">
-        <v>295</v>
+        <v>1860</v>
       </c>
       <c r="D475" t="s">
-        <v>296</v>
+        <v>1861</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>297</v>
+        <v>1862</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B476" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C476" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="D476" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B477" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C477" t="s">
-        <v>875</v>
+        <v>295</v>
       </c>
       <c r="D477" t="s">
-        <v>876</v>
+        <v>296</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1128</v>
+        <v>297</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B478" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C478" t="s">
-        <v>1130</v>
+        <v>1869</v>
       </c>
       <c r="D478" t="s">
-        <v>1131</v>
+        <v>1870</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B479" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C479" t="s">
-        <v>1869</v>
+        <v>878</v>
       </c>
       <c r="D479" t="s">
-        <v>1870</v>
+        <v>879</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1871</v>
+        <v>1131</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B480" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C480" t="s">
-        <v>307</v>
+        <v>1133</v>
       </c>
       <c r="D480" t="s">
-        <v>308</v>
+        <v>1134</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>309</v>
+        <v>1874</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1874</v>
+        <v>1829</v>
       </c>
       <c r="B481" t="s">
-        <v>1875</v>
+        <v>1830</v>
       </c>
       <c r="C481" t="s">
         <v>1876</v>
       </c>
       <c r="D481" t="s">
         <v>1877</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>1878</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1874</v>
+        <v>1829</v>
       </c>
       <c r="B482" t="s">
-        <v>1875</v>
+        <v>1830</v>
       </c>
       <c r="C482" t="s">
+        <v>307</v>
+      </c>
+      <c r="D482" t="s">
+        <v>308</v>
+      </c>
+      <c r="E482" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F482" s="2" t="s">
         <v>1880</v>
-      </c>
-[...7 lines deleted...]
-        <v>1883</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B483" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C483" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D483" t="s">
         <v>1884</v>
       </c>
-      <c r="D483" t="s">
+      <c r="E483" s="2" t="s">
         <v>1885</v>
       </c>
-      <c r="E483" s="2" t="s">
+      <c r="F483" s="2" t="s">
         <v>1886</v>
-      </c>
-[...1 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B484" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C484" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D484" t="s">
         <v>1888</v>
       </c>
-      <c r="D484" t="s">
+      <c r="E484" s="2" t="s">
         <v>1889</v>
       </c>
-      <c r="E484" s="2" t="s">
+      <c r="F484" s="2" t="s">
         <v>1890</v>
-      </c>
-[...1 lines deleted...]
-        <v>1891</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B485" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C485" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D485" t="s">
         <v>1892</v>
       </c>
-      <c r="D485" t="s">
+      <c r="E485" s="2" t="s">
         <v>1893</v>
       </c>
-      <c r="E485" s="2" t="s">
+      <c r="F485" s="2" t="s">
         <v>1894</v>
-      </c>
-[...1 lines deleted...]
-        <v>1895</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B486" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C486" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D486" t="s">
         <v>1896</v>
       </c>
-      <c r="D486" t="s">
+      <c r="E486" s="2" t="s">
         <v>1897</v>
       </c>
-      <c r="E486" s="2" t="s">
+      <c r="F486" s="2" t="s">
         <v>1898</v>
-      </c>
-[...1 lines deleted...]
-        <v>1899</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B487" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C487" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D487" t="s">
         <v>1900</v>
       </c>
-      <c r="D487" t="s">
+      <c r="E487" s="2" t="s">
         <v>1901</v>
       </c>
-      <c r="E487" s="2" t="s">
+      <c r="F487" s="2" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1903</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B488" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C488" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D488" t="s">
         <v>1904</v>
       </c>
-      <c r="D488" t="s">
+      <c r="E488" s="2" t="s">
         <v>1905</v>
       </c>
-      <c r="E488" s="2" t="s">
+      <c r="F488" s="2" t="s">
         <v>1906</v>
-      </c>
-[...1 lines deleted...]
-        <v>1907</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B489" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C489" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D489" t="s">
         <v>1908</v>
       </c>
-      <c r="D489" t="s">
+      <c r="E489" s="2" t="s">
         <v>1909</v>
       </c>
-      <c r="E489" s="2" t="s">
+      <c r="F489" s="2" t="s">
         <v>1910</v>
-      </c>
-[...1 lines deleted...]
-        <v>1911</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B490" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C490" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D490" t="s">
         <v>1912</v>
       </c>
-      <c r="D490" t="s">
+      <c r="E490" s="2" t="s">
         <v>1913</v>
       </c>
-      <c r="E490" s="2" t="s">
+      <c r="F490" s="2" t="s">
         <v>1914</v>
-      </c>
-[...1 lines deleted...]
-        <v>1915</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B491" t="s">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="C491" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D491" t="s">
         <v>1916</v>
       </c>
-      <c r="D491" t="s">
+      <c r="E491" s="2" t="s">
         <v>1917</v>
       </c>
-      <c r="E491" s="2" t="s">
+      <c r="F491" s="2" t="s">
         <v>1918</v>
-      </c>
-[...1 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D492" t="s">
         <v>1920</v>
       </c>
-      <c r="B492" t="s">
+      <c r="E492" s="2" t="s">
         <v>1921</v>
       </c>
-      <c r="C492" t="s">
+      <c r="F492" s="2" t="s">
         <v>1922</v>
-      </c>
-[...7 lines deleted...]
-        <v>1924</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1920</v>
+        <v>1881</v>
       </c>
       <c r="B493" t="s">
-        <v>1921</v>
+        <v>1882</v>
       </c>
       <c r="C493" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1924</v>
+      </c>
+      <c r="E493" s="2" t="s">
         <v>1925</v>
       </c>
-      <c r="D493" t="s">
+      <c r="F493" s="2" t="s">
         <v>1926</v>
-      </c>
-[...4 lines deleted...]
-        <v>1928</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C494" t="s">
         <v>1929</v>
       </c>
-      <c r="B494" t="s">
+      <c r="D494" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E494" s="2" t="s">
         <v>1930</v>
       </c>
-      <c r="C494" t="s">
+      <c r="F494" s="2" t="s">
         <v>1931</v>
-      </c>
-[...7 lines deleted...]
-        <v>1934</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="B495" t="s">
-        <v>1930</v>
+        <v>1928</v>
       </c>
       <c r="C495" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E495" s="2" t="s">
+        <v>1934</v>
+      </c>
+      <c r="F495" s="2" t="s">
         <v>1935</v>
-      </c>
-[...7 lines deleted...]
-        <v>1938</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B496" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C496" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D496" t="s">
         <v>1939</v>
       </c>
-      <c r="D496" t="s">
+      <c r="E496" s="2" t="s">
         <v>1940</v>
       </c>
-      <c r="E496" s="2" t="s">
+      <c r="F496" s="2" t="s">
         <v>1941</v>
-      </c>
-[...1 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B497" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C497" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D497" t="s">
         <v>1943</v>
       </c>
-      <c r="D497" t="s">
+      <c r="E497" s="2" t="s">
         <v>1944</v>
       </c>
-      <c r="E497" s="2" t="s">
+      <c r="F497" s="2" t="s">
         <v>1945</v>
-      </c>
-[...1 lines deleted...]
-        <v>1946</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B498" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C498" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D498" t="s">
         <v>1947</v>
       </c>
-      <c r="D498" t="s">
+      <c r="E498" s="2" t="s">
         <v>1948</v>
       </c>
-      <c r="E498" s="2" t="s">
+      <c r="F498" s="2" t="s">
         <v>1949</v>
-      </c>
-[...1 lines deleted...]
-        <v>1950</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B499" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C499" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D499" t="s">
         <v>1951</v>
       </c>
-      <c r="D499" t="s">
+      <c r="E499" s="2" t="s">
         <v>1952</v>
       </c>
-      <c r="E499" s="2" t="s">
+      <c r="F499" s="2" t="s">
         <v>1953</v>
-      </c>
-[...1 lines deleted...]
-        <v>1954</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B500" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C500" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D500" t="s">
         <v>1955</v>
       </c>
-      <c r="D500" t="s">
+      <c r="E500" s="2" t="s">
         <v>1956</v>
       </c>
-      <c r="E500" s="2" t="s">
+      <c r="F500" s="2" t="s">
         <v>1957</v>
-      </c>
-[...1 lines deleted...]
-        <v>1958</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B501" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C501" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D501" t="s">
         <v>1959</v>
       </c>
-      <c r="D501" t="s">
+      <c r="E501" s="2" t="s">
         <v>1960</v>
       </c>
-      <c r="E501" s="2" t="s">
+      <c r="F501" s="2" t="s">
         <v>1961</v>
-      </c>
-[...1 lines deleted...]
-        <v>1962</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B502" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C502" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D502" t="s">
         <v>1963</v>
       </c>
-      <c r="D502" t="s">
+      <c r="E502" s="2" t="s">
         <v>1964</v>
       </c>
-      <c r="E502" s="2" t="s">
+      <c r="F502" s="2" t="s">
         <v>1965</v>
-      </c>
-[...1 lines deleted...]
-        <v>1966</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="B503" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="C503" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D503" t="s">
         <v>1967</v>
       </c>
-      <c r="D503" t="s">
+      <c r="E503" s="2" t="s">
         <v>1968</v>
       </c>
-      <c r="E503" s="2" t="s">
+      <c r="F503" s="2" t="s">
         <v>1969</v>
-      </c>
-[...1 lines deleted...]
-        <v>1970</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D504" t="s">
         <v>1971</v>
       </c>
-      <c r="B504" t="s">
+      <c r="E504" s="2" t="s">
         <v>1972</v>
       </c>
-      <c r="C504" t="s">
+      <c r="F504" s="2" t="s">
         <v>1973</v>
-      </c>
-[...7 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1971</v>
+        <v>1936</v>
       </c>
       <c r="B505" t="s">
-        <v>1972</v>
+        <v>1937</v>
       </c>
       <c r="C505" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E505" s="2" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F505" s="2" t="s">
         <v>1977</v>
-      </c>
-[...7 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B506" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C506" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D506" t="s">
         <v>1981</v>
       </c>
-      <c r="D506" t="s">
+      <c r="E506" s="2" t="s">
         <v>1982</v>
       </c>
-      <c r="E506" s="2" t="s">
+      <c r="F506" s="2" t="s">
         <v>1983</v>
-      </c>
-[...1 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B507" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C507" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D507" t="s">
         <v>1985</v>
       </c>
-      <c r="D507" t="s">
+      <c r="E507" s="2" t="s">
         <v>1986</v>
       </c>
-      <c r="E507" s="2" t="s">
+      <c r="F507" s="2" t="s">
         <v>1987</v>
-      </c>
-[...1 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B508" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C508" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D508" t="s">
         <v>1989</v>
       </c>
-      <c r="D508" t="s">
+      <c r="E508" s="2" t="s">
         <v>1990</v>
       </c>
-      <c r="E508" s="2" t="s">
+      <c r="F508" s="2" t="s">
         <v>1991</v>
-      </c>
-[...1 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B509" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C509" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D509" t="s">
         <v>1993</v>
       </c>
-      <c r="D509" t="s">
+      <c r="E509" s="2" t="s">
         <v>1994</v>
       </c>
-      <c r="E509" s="2" t="s">
+      <c r="F509" s="2" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B510" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C510" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D510" t="s">
         <v>1997</v>
       </c>
-      <c r="D510" t="s">
+      <c r="E510" s="2" t="s">
         <v>1998</v>
       </c>
-      <c r="E510" s="2" t="s">
+      <c r="F510" s="2" t="s">
         <v>1999</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B511" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C511" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D511" t="s">
         <v>2001</v>
       </c>
-      <c r="D511" t="s">
+      <c r="E511" s="2" t="s">
         <v>2002</v>
       </c>
-      <c r="E511" s="2" t="s">
+      <c r="F511" s="2" t="s">
         <v>2003</v>
-      </c>
-[...1 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B512" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C512" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D512" t="s">
         <v>2005</v>
       </c>
-      <c r="D512" t="s">
+      <c r="E512" s="2" t="s">
         <v>2006</v>
       </c>
-      <c r="E512" s="2" t="s">
+      <c r="F512" s="2" t="s">
         <v>2007</v>
-      </c>
-[...1 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B513" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C513" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D513" t="s">
         <v>2009</v>
       </c>
-      <c r="D513" t="s">
+      <c r="E513" s="2" t="s">
         <v>2010</v>
       </c>
-      <c r="E513" s="2" t="s">
+      <c r="F513" s="2" t="s">
         <v>2011</v>
-      </c>
-[...1 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B514" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C514" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D514" t="s">
         <v>2013</v>
       </c>
-      <c r="D514" t="s">
+      <c r="E514" s="2" t="s">
         <v>2014</v>
       </c>
-      <c r="E514" s="2" t="s">
+      <c r="F514" s="2" t="s">
         <v>2015</v>
-      </c>
-[...1 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1971</v>
+        <v>1978</v>
       </c>
       <c r="B515" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="C515" t="s">
-        <v>1130</v>
+        <v>2016</v>
       </c>
       <c r="D515" t="s">
-        <v>1131</v>
+        <v>2017</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>2019</v>
+        <v>1978</v>
       </c>
       <c r="B516" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C516" t="s">
         <v>2020</v>
       </c>
-      <c r="C516" t="s">
+      <c r="D516" t="s">
         <v>2021</v>
       </c>
-      <c r="D516" t="s">
+      <c r="E516" s="2" t="s">
         <v>2022</v>
       </c>
-      <c r="E516" s="2" t="s">
+      <c r="F516" s="2" t="s">
         <v>2023</v>
-      </c>
-[...1 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>2019</v>
+        <v>1978</v>
       </c>
       <c r="B517" t="s">
-        <v>2020</v>
+        <v>1979</v>
       </c>
       <c r="C517" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E517" s="2" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F517" s="2" t="s">
         <v>2025</v>
-      </c>
-[...7 lines deleted...]
-        <v>2028</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="B518" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="C518" t="s">
-        <v>295</v>
+        <v>2028</v>
       </c>
       <c r="D518" t="s">
-        <v>296</v>
+        <v>2029</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>297</v>
+        <v>2030</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="B519" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="C519" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="D519" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>2034</v>
+        <v>2026</v>
       </c>
       <c r="B520" t="s">
-        <v>2035</v>
+        <v>2027</v>
       </c>
       <c r="C520" t="s">
+        <v>295</v>
+      </c>
+      <c r="D520" t="s">
+        <v>296</v>
+      </c>
+      <c r="E520" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="F520" s="2" t="s">
         <v>2036</v>
-      </c>
-[...7 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>2034</v>
+        <v>2026</v>
       </c>
       <c r="B521" t="s">
-        <v>2035</v>
+        <v>2027</v>
       </c>
       <c r="C521" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D521" t="s">
+        <v>2038</v>
+      </c>
+      <c r="E521" s="2" t="s">
+        <v>2039</v>
+      </c>
+      <c r="F521" s="2" t="s">
         <v>2040</v>
-      </c>
-[...7 lines deleted...]
-        <v>2043</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B522" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C522" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D522" t="s">
         <v>2044</v>
       </c>
-      <c r="D522" t="s">
+      <c r="E522" s="2" t="s">
         <v>2045</v>
       </c>
-      <c r="E522" s="2" t="s">
+      <c r="F522" s="2" t="s">
         <v>2046</v>
-      </c>
-[...1 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B523" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C523" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D523" t="s">
         <v>2048</v>
       </c>
-      <c r="D523" t="s">
+      <c r="E523" s="2" t="s">
         <v>2049</v>
       </c>
-      <c r="E523" s="2" t="s">
+      <c r="F523" s="2" t="s">
         <v>2050</v>
-      </c>
-[...1 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B524" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C524" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D524" t="s">
         <v>2052</v>
       </c>
-      <c r="D524" t="s">
+      <c r="E524" s="2" t="s">
         <v>2053</v>
       </c>
-      <c r="E524" s="2" t="s">
+      <c r="F524" s="2" t="s">
         <v>2054</v>
-      </c>
-[...1 lines deleted...]
-        <v>2055</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B525" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C525" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D525" t="s">
         <v>2056</v>
       </c>
-      <c r="D525" t="s">
+      <c r="E525" s="2" t="s">
         <v>2057</v>
       </c>
-      <c r="E525" s="2" t="s">
+      <c r="F525" s="2" t="s">
         <v>2058</v>
-      </c>
-[...1 lines deleted...]
-        <v>2059</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B526" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C526" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D526" t="s">
         <v>2060</v>
       </c>
-      <c r="D526" t="s">
+      <c r="E526" s="2" t="s">
         <v>2061</v>
       </c>
-      <c r="E526" s="2" t="s">
+      <c r="F526" s="2" t="s">
         <v>2062</v>
-      </c>
-[...1 lines deleted...]
-        <v>2063</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B527" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C527" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D527" t="s">
         <v>2064</v>
       </c>
-      <c r="D527" t="s">
+      <c r="E527" s="2" t="s">
         <v>2065</v>
       </c>
-      <c r="E527" s="2" t="s">
+      <c r="F527" s="2" t="s">
         <v>2066</v>
-      </c>
-[...1 lines deleted...]
-        <v>2067</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B528" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C528" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D528" t="s">
         <v>2068</v>
       </c>
-      <c r="D528" t="s">
+      <c r="E528" s="2" t="s">
         <v>2069</v>
       </c>
-      <c r="E528" s="2" t="s">
+      <c r="F528" s="2" t="s">
         <v>2070</v>
-      </c>
-[...1 lines deleted...]
-        <v>2071</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B529" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C529" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D529" t="s">
         <v>2072</v>
       </c>
-      <c r="D529" t="s">
+      <c r="E529" s="2" t="s">
         <v>2073</v>
       </c>
-      <c r="E529" s="2" t="s">
+      <c r="F529" s="2" t="s">
         <v>2074</v>
-      </c>
-[...1 lines deleted...]
-        <v>2075</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B530" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C530" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D530" t="s">
         <v>2076</v>
       </c>
-      <c r="D530" t="s">
+      <c r="E530" s="2" t="s">
         <v>2077</v>
       </c>
-      <c r="E530" s="2" t="s">
+      <c r="F530" s="2" t="s">
         <v>2078</v>
-      </c>
-[...1 lines deleted...]
-        <v>2079</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B531" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C531" t="s">
-        <v>1634</v>
+        <v>2079</v>
       </c>
       <c r="D531" t="s">
-        <v>1635</v>
+        <v>2080</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B532" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C532" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="D532" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B533" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C533" t="s">
-        <v>2086</v>
+        <v>1641</v>
       </c>
       <c r="D533" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E533" s="2" t="s">
         <v>2087</v>
       </c>
-      <c r="E533" s="2" t="s">
+      <c r="F533" s="2" t="s">
         <v>2088</v>
-      </c>
-[...1 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B534" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C534" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D534" t="s">
         <v>2090</v>
       </c>
-      <c r="D534" t="s">
+      <c r="E534" s="2" t="s">
         <v>2091</v>
       </c>
-      <c r="E534" s="2" t="s">
+      <c r="F534" s="2" t="s">
         <v>2092</v>
-      </c>
-[...1 lines deleted...]
-        <v>2093</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B535" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C535" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D535" t="s">
         <v>2094</v>
       </c>
-      <c r="D535" t="s">
+      <c r="E535" s="2" t="s">
         <v>2095</v>
       </c>
-      <c r="E535" s="2" t="s">
+      <c r="F535" s="2" t="s">
         <v>2096</v>
-      </c>
-[...1 lines deleted...]
-        <v>2097</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2034</v>
+        <v>2041</v>
       </c>
       <c r="B536" t="s">
-        <v>2035</v>
+        <v>2042</v>
       </c>
       <c r="C536" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D536" t="s">
         <v>2098</v>
       </c>
-      <c r="D536" t="s">
+      <c r="E536" s="2" t="s">
         <v>2099</v>
       </c>
-      <c r="E536" s="2" t="s">
+      <c r="F536" s="2" t="s">
         <v>2100</v>
-      </c>
-[...1 lines deleted...]
-        <v>2101</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B537" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D537" t="s">
         <v>2102</v>
       </c>
-      <c r="B537" t="s">
+      <c r="E537" s="2" t="s">
         <v>2103</v>
       </c>
-      <c r="C537" t="s">
+      <c r="F537" s="2" t="s">
         <v>2104</v>
-      </c>
-[...7 lines deleted...]
-        <v>2107</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2102</v>
+        <v>2041</v>
       </c>
       <c r="B538" t="s">
-        <v>2103</v>
+        <v>2042</v>
       </c>
       <c r="C538" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D538" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E538" s="2" t="s">
+        <v>2107</v>
+      </c>
+      <c r="F538" s="2" t="s">
         <v>2108</v>
-      </c>
-[...7 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B539" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="C539" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D539" t="s">
         <v>2112</v>
       </c>
-      <c r="D539" t="s">
+      <c r="E539" s="2" t="s">
         <v>2113</v>
       </c>
-      <c r="E539" s="2" t="s">
+      <c r="F539" s="2" t="s">
         <v>2114</v>
-      </c>
-[...1 lines deleted...]
-        <v>2115</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B540" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="C540" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D540" t="s">
         <v>2116</v>
       </c>
-      <c r="D540" t="s">
+      <c r="E540" s="2" t="s">
         <v>2117</v>
       </c>
-      <c r="E540" s="2" t="s">
+      <c r="F540" s="2" t="s">
         <v>2118</v>
-      </c>
-[...1 lines deleted...]
-        <v>2119</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B541" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="C541" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D541" t="s">
         <v>2120</v>
       </c>
-      <c r="D541" t="s">
+      <c r="E541" s="2" t="s">
         <v>2121</v>
       </c>
-      <c r="E541" s="2" t="s">
+      <c r="F541" s="2" t="s">
         <v>2122</v>
-      </c>
-[...1 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B542" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="C542" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D542" t="s">
         <v>2124</v>
       </c>
-      <c r="D542" t="s">
+      <c r="E542" s="2" t="s">
         <v>2125</v>
       </c>
-      <c r="E542" s="2" t="s">
+      <c r="F542" s="2" t="s">
         <v>2126</v>
-      </c>
-[...1 lines deleted...]
-        <v>2127</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B543" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="C543" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D543" t="s">
         <v>2128</v>
       </c>
-      <c r="D543" t="s">
+      <c r="E543" s="2" t="s">
         <v>2129</v>
       </c>
-      <c r="E543" s="2" t="s">
+      <c r="F543" s="2" t="s">
         <v>2130</v>
-      </c>
-[...1 lines deleted...]
-        <v>2131</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2102</v>
+        <v>2109</v>
       </c>
       <c r="B544" t="s">
-        <v>2103</v>
+        <v>2110</v>
       </c>
       <c r="C544" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D544" t="s">
         <v>2132</v>
       </c>
-      <c r="D544" t="s">
+      <c r="E544" s="2" t="s">
         <v>2133</v>
       </c>
-      <c r="E544" s="2" t="s">
+      <c r="F544" s="2" t="s">
         <v>2134</v>
-      </c>
-[...1 lines deleted...]
-        <v>2135</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B545" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D545" t="s">
         <v>2136</v>
       </c>
-      <c r="B545" t="s">
+      <c r="E545" s="2" t="s">
         <v>2137</v>
       </c>
-      <c r="C545" t="s">
+      <c r="F545" s="2" t="s">
         <v>2138</v>
-      </c>
-[...7 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2136</v>
+        <v>2109</v>
       </c>
       <c r="B546" t="s">
-        <v>2137</v>
+        <v>2110</v>
       </c>
       <c r="C546" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D546" t="s">
+        <v>2140</v>
+      </c>
+      <c r="E546" s="2" t="s">
+        <v>2141</v>
+      </c>
+      <c r="F546" s="2" t="s">
         <v>2142</v>
-      </c>
-[...7 lines deleted...]
-        <v>2145</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B547" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C547" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D547" t="s">
         <v>2146</v>
       </c>
-      <c r="D547" t="s">
+      <c r="E547" s="2" t="s">
         <v>2147</v>
       </c>
-      <c r="E547" s="2" t="s">
+      <c r="F547" s="2" t="s">
         <v>2148</v>
-      </c>
-[...1 lines deleted...]
-        <v>2149</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B548" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C548" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D548" t="s">
         <v>2150</v>
       </c>
-      <c r="D548" t="s">
+      <c r="E548" s="2" t="s">
         <v>2151</v>
       </c>
-      <c r="E548" s="2" t="s">
+      <c r="F548" s="2" t="s">
         <v>2152</v>
-      </c>
-[...1 lines deleted...]
-        <v>2153</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B549" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C549" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D549" t="s">
         <v>2154</v>
       </c>
-      <c r="D549" t="s">
+      <c r="E549" s="2" t="s">
         <v>2155</v>
       </c>
-      <c r="E549" s="2" t="s">
+      <c r="F549" s="2" t="s">
         <v>2156</v>
-      </c>
-[...1 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B550" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C550" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D550" t="s">
         <v>2158</v>
       </c>
-      <c r="D550" t="s">
+      <c r="E550" s="2" t="s">
         <v>2159</v>
       </c>
-      <c r="E550" s="2" t="s">
+      <c r="F550" s="2" t="s">
         <v>2160</v>
-      </c>
-[...1 lines deleted...]
-        <v>2161</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B551" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C551" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D551" t="s">
         <v>2162</v>
       </c>
-      <c r="D551" t="s">
+      <c r="E551" s="2" t="s">
         <v>2163</v>
       </c>
-      <c r="E551" s="2" t="s">
+      <c r="F551" s="2" t="s">
         <v>2164</v>
-      </c>
-[...1 lines deleted...]
-        <v>2165</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B552" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C552" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D552" t="s">
         <v>2166</v>
       </c>
-      <c r="D552" t="s">
+      <c r="E552" s="2" t="s">
         <v>2167</v>
       </c>
-      <c r="E552" s="2" t="s">
+      <c r="F552" s="2" t="s">
         <v>2168</v>
-      </c>
-[...1 lines deleted...]
-        <v>2169</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B553" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C553" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D553" t="s">
         <v>2170</v>
       </c>
-      <c r="D553" t="s">
+      <c r="E553" s="2" t="s">
         <v>2171</v>
       </c>
-      <c r="E553" s="2" t="s">
+      <c r="F553" s="2" t="s">
         <v>2172</v>
-      </c>
-[...1 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B554" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C554" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D554" t="s">
         <v>2174</v>
       </c>
-      <c r="D554" t="s">
+      <c r="E554" s="2" t="s">
         <v>2175</v>
       </c>
-      <c r="E554" s="2" t="s">
+      <c r="F554" s="2" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B555" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C555" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D555" t="s">
         <v>2178</v>
       </c>
-      <c r="D555" t="s">
+      <c r="E555" s="2" t="s">
         <v>2179</v>
       </c>
-      <c r="E555" s="2" t="s">
+      <c r="F555" s="2" t="s">
         <v>2180</v>
-      </c>
-[...1 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B556" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C556" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D556" t="s">
         <v>2182</v>
       </c>
-      <c r="D556" t="s">
+      <c r="E556" s="2" t="s">
         <v>2183</v>
       </c>
-      <c r="E556" s="2" t="s">
+      <c r="F556" s="2" t="s">
         <v>2184</v>
-      </c>
-[...1 lines deleted...]
-        <v>2185</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B557" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C557" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D557" t="s">
         <v>2186</v>
       </c>
-      <c r="D557" t="s">
+      <c r="E557" s="2" t="s">
         <v>2187</v>
       </c>
-      <c r="E557" s="2" t="s">
+      <c r="F557" s="2" t="s">
         <v>2188</v>
-      </c>
-[...1 lines deleted...]
-        <v>2189</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B558" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C558" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D558" t="s">
         <v>2190</v>
       </c>
-      <c r="D558" t="s">
+      <c r="E558" s="2" t="s">
         <v>2191</v>
       </c>
-      <c r="E558" s="2" t="s">
+      <c r="F558" s="2" t="s">
         <v>2192</v>
-      </c>
-[...1 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B559" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C559" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D559" t="s">
         <v>2194</v>
       </c>
-      <c r="D559" t="s">
+      <c r="E559" s="2" t="s">
         <v>2195</v>
       </c>
-      <c r="E559" s="2" t="s">
+      <c r="F559" s="2" t="s">
         <v>2196</v>
-      </c>
-[...1 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B560" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C560" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D560" t="s">
         <v>2198</v>
       </c>
-      <c r="D560" t="s">
+      <c r="E560" s="2" t="s">
         <v>2199</v>
       </c>
-      <c r="E560" s="2" t="s">
+      <c r="F560" s="2" t="s">
         <v>2200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2201</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B561" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C561" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D561" t="s">
         <v>2202</v>
       </c>
-      <c r="D561" t="s">
+      <c r="E561" s="2" t="s">
         <v>2203</v>
       </c>
-      <c r="E561" s="2" t="s">
+      <c r="F561" s="2" t="s">
         <v>2204</v>
-      </c>
-[...1 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B562" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C562" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D562" t="s">
         <v>2206</v>
       </c>
-      <c r="D562" t="s">
+      <c r="E562" s="2" t="s">
         <v>2207</v>
       </c>
-      <c r="E562" s="2" t="s">
+      <c r="F562" s="2" t="s">
         <v>2208</v>
-      </c>
-[...1 lines deleted...]
-        <v>2209</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B563" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C563" t="s">
-        <v>2210</v>
+        <v>2209</v>
       </c>
       <c r="D563" t="s">
         <v>2210</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>2211</v>
       </c>
       <c r="F563" s="2" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B564" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C564" t="s">
         <v>2213</v>
       </c>
       <c r="D564" t="s">
         <v>2214</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>2215</v>
       </c>
       <c r="F564" s="2" t="s">
         <v>2216</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B565" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C565" t="s">
         <v>2217</v>
       </c>
-      <c r="B565" t="s">
+      <c r="D565" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E565" s="2" t="s">
         <v>2218</v>
       </c>
-      <c r="C565" t="s">
+      <c r="F565" s="2" t="s">
         <v>2219</v>
-      </c>
-[...7 lines deleted...]
-        <v>2222</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2217</v>
+        <v>2143</v>
       </c>
       <c r="B566" t="s">
-        <v>2218</v>
+        <v>2144</v>
       </c>
       <c r="C566" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D566" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E566" s="2" t="s">
+        <v>2222</v>
+      </c>
+      <c r="F566" s="2" t="s">
         <v>2223</v>
-      </c>
-[...7 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B567" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C567" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D567" t="s">
         <v>2227</v>
       </c>
-      <c r="D567" t="s">
+      <c r="E567" s="2" t="s">
         <v>2228</v>
       </c>
-      <c r="E567" s="2" t="s">
+      <c r="F567" s="2" t="s">
         <v>2229</v>
-      </c>
-[...1 lines deleted...]
-        <v>2230</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B568" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C568" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D568" t="s">
         <v>2231</v>
       </c>
-      <c r="D568" t="s">
+      <c r="E568" s="2" t="s">
         <v>2232</v>
       </c>
-      <c r="E568" s="2" t="s">
+      <c r="F568" s="2" t="s">
         <v>2233</v>
-      </c>
-[...1 lines deleted...]
-        <v>2234</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B569" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C569" t="s">
-        <v>2235</v>
+        <v>2234</v>
       </c>
       <c r="D569" t="s">
         <v>2235</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>2236</v>
       </c>
       <c r="F569" s="2" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B570" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C570" t="s">
         <v>2238</v>
       </c>
       <c r="D570" t="s">
         <v>2239</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>2240</v>
       </c>
       <c r="F570" s="2" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B571" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C571" t="s">
         <v>2242</v>
       </c>
       <c r="D571" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E571" s="2" t="s">
         <v>2243</v>
       </c>
-      <c r="E571" s="2" t="s">
+      <c r="F571" s="2" t="s">
         <v>2244</v>
-      </c>
-[...1 lines deleted...]
-        <v>2245</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B572" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C572" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D572" t="s">
         <v>2246</v>
       </c>
-      <c r="D572" t="s">
+      <c r="E572" s="2" t="s">
         <v>2247</v>
       </c>
-      <c r="E572" s="2" t="s">
+      <c r="F572" s="2" t="s">
         <v>2248</v>
-      </c>
-[...1 lines deleted...]
-        <v>2249</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B573" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C573" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D573" t="s">
         <v>2250</v>
       </c>
-      <c r="D573" t="s">
+      <c r="E573" s="2" t="s">
         <v>2251</v>
       </c>
-      <c r="E573" s="2" t="s">
+      <c r="F573" s="2" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B574" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C574" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D574" t="s">
         <v>2254</v>
       </c>
-      <c r="D574" t="s">
+      <c r="E574" s="2" t="s">
         <v>2255</v>
       </c>
-      <c r="E574" s="2" t="s">
+      <c r="F574" s="2" t="s">
         <v>2256</v>
-      </c>
-[...1 lines deleted...]
-        <v>2257</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B575" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C575" t="s">
-        <v>2258</v>
+        <v>2257</v>
       </c>
       <c r="D575" t="s">
         <v>2258</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>2259</v>
       </c>
       <c r="F575" s="2" t="s">
         <v>2260</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B576" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C576" t="s">
         <v>2261</v>
       </c>
       <c r="D576" t="s">
         <v>2262</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>2263</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B577" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C577" t="s">
         <v>2265</v>
       </c>
       <c r="D577" t="s">
         <v>2265</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>2266</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B578" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C578" t="s">
         <v>2268</v>
       </c>
       <c r="D578" t="s">
         <v>2269</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>2270</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B579" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C579" t="s">
         <v>2272</v>
       </c>
       <c r="D579" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E579" s="2" t="s">
         <v>2273</v>
       </c>
-      <c r="E579" s="2" t="s">
+      <c r="F579" s="2" t="s">
         <v>2274</v>
-      </c>
-[...1 lines deleted...]
-        <v>2275</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B580" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C580" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D580" t="s">
         <v>2276</v>
       </c>
-      <c r="D580" t="s">
+      <c r="E580" s="2" t="s">
         <v>2277</v>
       </c>
-      <c r="E580" s="2" t="s">
+      <c r="F580" s="2" t="s">
         <v>2278</v>
-      </c>
-[...1 lines deleted...]
-        <v>2279</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B581" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C581" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D581" t="s">
         <v>2280</v>
       </c>
-      <c r="D581" t="s">
+      <c r="E581" s="2" t="s">
         <v>2281</v>
       </c>
-      <c r="E581" s="2" t="s">
+      <c r="F581" s="2" t="s">
         <v>2282</v>
-      </c>
-[...1 lines deleted...]
-        <v>2283</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B582" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C582" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D582" t="s">
         <v>2284</v>
       </c>
-      <c r="D582" t="s">
+      <c r="E582" s="2" t="s">
         <v>2285</v>
       </c>
-      <c r="E582" s="2" t="s">
+      <c r="F582" s="2" t="s">
         <v>2286</v>
-      </c>
-[...1 lines deleted...]
-        <v>2287</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B583" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C583" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D583" t="s">
         <v>2288</v>
       </c>
-      <c r="D583" t="s">
+      <c r="E583" s="2" t="s">
         <v>2289</v>
       </c>
-      <c r="E583" s="2" t="s">
+      <c r="F583" s="2" t="s">
         <v>2290</v>
-      </c>
-[...1 lines deleted...]
-        <v>2291</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B584" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C584" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D584" t="s">
         <v>2292</v>
       </c>
-      <c r="D584" t="s">
+      <c r="E584" s="2" t="s">
         <v>2293</v>
       </c>
-      <c r="E584" s="2" t="s">
+      <c r="F584" s="2" t="s">
         <v>2294</v>
-      </c>
-[...1 lines deleted...]
-        <v>2295</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B585" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C585" t="s">
-        <v>64</v>
+        <v>2295</v>
       </c>
       <c r="D585" t="s">
-        <v>65</v>
+        <v>2296</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B586" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C586" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="D586" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B587" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C587" t="s">
-        <v>2302</v>
+        <v>64</v>
       </c>
       <c r="D587" t="s">
+        <v>65</v>
+      </c>
+      <c r="E587" s="2" t="s">
         <v>2303</v>
       </c>
-      <c r="E587" s="2" t="s">
+      <c r="F587" s="2" t="s">
         <v>2304</v>
-      </c>
-[...1 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B588" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C588" t="s">
-        <v>2306</v>
+        <v>2305</v>
       </c>
       <c r="D588" t="s">
         <v>2306</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>2307</v>
       </c>
       <c r="F588" s="2" t="s">
         <v>2308</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B589" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C589" t="s">
         <v>2309</v>
       </c>
       <c r="D589" t="s">
         <v>2310</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>2311</v>
       </c>
       <c r="F589" s="2" t="s">
         <v>2312</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B590" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C590" t="s">
         <v>2313</v>
       </c>
       <c r="D590" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E590" s="2" t="s">
         <v>2314</v>
       </c>
-      <c r="E590" s="2" t="s">
+      <c r="F590" s="2" t="s">
         <v>2315</v>
-      </c>
-[...1 lines deleted...]
-        <v>2316</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2217</v>
+        <v>2224</v>
       </c>
       <c r="B591" t="s">
-        <v>2218</v>
+        <v>2225</v>
       </c>
       <c r="C591" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D591" t="s">
         <v>2317</v>
       </c>
-      <c r="D591" t="s">
+      <c r="E591" s="2" t="s">
         <v>2318</v>
       </c>
-      <c r="E591" s="2" t="s">
+      <c r="F591" s="2" t="s">
         <v>2319</v>
-      </c>
-[...1 lines deleted...]
-        <v>2320</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B592" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D592" t="s">
         <v>2321</v>
       </c>
-      <c r="B592" t="s">
+      <c r="E592" s="2" t="s">
         <v>2322</v>
       </c>
-      <c r="C592" t="s">
+      <c r="F592" s="2" t="s">
         <v>2323</v>
-      </c>
-[...7 lines deleted...]
-        <v>2326</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2321</v>
+        <v>2224</v>
       </c>
       <c r="B593" t="s">
-        <v>2322</v>
+        <v>2225</v>
       </c>
       <c r="C593" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D593" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E593" s="2" t="s">
+        <v>2326</v>
+      </c>
+      <c r="F593" s="2" t="s">
         <v>2327</v>
-      </c>
-[...7 lines deleted...]
-        <v>2330</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
       <c r="B594" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="C594" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D594" t="s">
         <v>2331</v>
       </c>
-      <c r="D594" t="s">
+      <c r="E594" s="2" t="s">
         <v>2332</v>
       </c>
-      <c r="E594" s="2" t="s">
+      <c r="F594" s="2" t="s">
         <v>2333</v>
-      </c>
-[...1 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B595" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C595" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D595" t="s">
         <v>2335</v>
       </c>
-      <c r="B595" t="s">
+      <c r="E595" s="2" t="s">
         <v>2336</v>
       </c>
-      <c r="C595" t="s">
+      <c r="F595" s="2" t="s">
         <v>2337</v>
-      </c>
-[...7 lines deleted...]
-        <v>2340</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2335</v>
+        <v>2328</v>
       </c>
       <c r="B596" t="s">
-        <v>2336</v>
+        <v>2329</v>
       </c>
       <c r="C596" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D596" t="s">
+        <v>2339</v>
+      </c>
+      <c r="E596" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F596" s="2" t="s">
         <v>2341</v>
-      </c>
-[...7 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B597" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C597" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D597" t="s">
         <v>2345</v>
       </c>
-      <c r="D597" t="s">
+      <c r="E597" s="2" t="s">
         <v>2346</v>
       </c>
-      <c r="E597" s="2" t="s">
+      <c r="F597" s="2" t="s">
         <v>2347</v>
-      </c>
-[...1 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B598" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C598" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D598" t="s">
         <v>2349</v>
       </c>
-      <c r="D598" t="s">
+      <c r="E598" s="2" t="s">
         <v>2350</v>
       </c>
-      <c r="E598" s="2" t="s">
+      <c r="F598" s="2" t="s">
         <v>2351</v>
-      </c>
-[...1 lines deleted...]
-        <v>2352</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B599" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C599" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D599" t="s">
         <v>2353</v>
       </c>
-      <c r="D599" t="s">
+      <c r="E599" s="2" t="s">
         <v>2354</v>
       </c>
-      <c r="E599" s="2" t="s">
+      <c r="F599" s="2" t="s">
         <v>2355</v>
-      </c>
-[...1 lines deleted...]
-        <v>2356</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B600" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C600" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D600" t="s">
         <v>2357</v>
       </c>
-      <c r="D600" t="s">
+      <c r="E600" s="2" t="s">
         <v>2358</v>
       </c>
-      <c r="E600" s="2" t="s">
+      <c r="F600" s="2" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B601" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C601" t="s">
+        <v>2360</v>
+      </c>
+      <c r="D601" t="s">
         <v>2361</v>
       </c>
-      <c r="D601" t="s">
+      <c r="E601" s="2" t="s">
         <v>2362</v>
       </c>
-      <c r="E601" s="2" t="s">
+      <c r="F601" s="2" t="s">
         <v>2363</v>
-      </c>
-[...1 lines deleted...]
-        <v>2364</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B602" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C602" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D602" t="s">
         <v>2365</v>
       </c>
-      <c r="D602" t="s">
+      <c r="E602" s="2" t="s">
         <v>2366</v>
       </c>
-      <c r="E602" s="2" t="s">
+      <c r="F602" s="2" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B603" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C603" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D603" t="s">
         <v>2369</v>
       </c>
-      <c r="D603" t="s">
+      <c r="E603" s="2" t="s">
         <v>2370</v>
       </c>
-      <c r="E603" s="2" t="s">
+      <c r="F603" s="2" t="s">
         <v>2371</v>
-      </c>
-[...1 lines deleted...]
-        <v>2372</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B604" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C604" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D604" t="s">
         <v>2373</v>
       </c>
-      <c r="D604" t="s">
+      <c r="E604" s="2" t="s">
         <v>2374</v>
       </c>
-      <c r="E604" s="2" t="s">
+      <c r="F604" s="2" t="s">
         <v>2375</v>
-      </c>
-[...1 lines deleted...]
-        <v>2376</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B605" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C605" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D605" t="s">
         <v>2377</v>
       </c>
-      <c r="D605" t="s">
+      <c r="E605" s="2" t="s">
         <v>2378</v>
       </c>
-      <c r="E605" s="2" t="s">
+      <c r="F605" s="2" t="s">
         <v>2379</v>
-      </c>
-[...1 lines deleted...]
-        <v>2380</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B606" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C606" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D606" t="s">
         <v>2381</v>
       </c>
-      <c r="D606" t="s">
+      <c r="E606" s="2" t="s">
         <v>2382</v>
       </c>
-      <c r="E606" s="2" t="s">
+      <c r="F606" s="2" t="s">
         <v>2383</v>
-      </c>
-[...1 lines deleted...]
-        <v>2384</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B607" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C607" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D607" t="s">
         <v>2385</v>
       </c>
-      <c r="D607" t="s">
+      <c r="E607" s="2" t="s">
         <v>2386</v>
       </c>
-      <c r="E607" s="2" t="s">
+      <c r="F607" s="2" t="s">
         <v>2387</v>
-      </c>
-[...1 lines deleted...]
-        <v>2388</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B608" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C608" t="s">
+        <v>2388</v>
+      </c>
+      <c r="D608" t="s">
         <v>2389</v>
       </c>
-      <c r="D608" t="s">
+      <c r="E608" s="2" t="s">
         <v>2390</v>
       </c>
-      <c r="E608" s="2" t="s">
+      <c r="F608" s="2" t="s">
         <v>2391</v>
-      </c>
-[...1 lines deleted...]
-        <v>2392</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B609" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C609" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D609" t="s">
         <v>2393</v>
       </c>
-      <c r="D609" t="s">
+      <c r="E609" s="2" t="s">
         <v>2394</v>
       </c>
-      <c r="E609" s="2" t="s">
+      <c r="F609" s="2" t="s">
         <v>2395</v>
-      </c>
-[...1 lines deleted...]
-        <v>2396</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B610" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C610" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D610" t="s">
         <v>2397</v>
       </c>
-      <c r="D610" t="s">
+      <c r="E610" s="2" t="s">
         <v>2398</v>
       </c>
-      <c r="E610" s="2" t="s">
+      <c r="F610" s="2" t="s">
         <v>2399</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B611" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C611" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D611" t="s">
         <v>2401</v>
       </c>
-      <c r="D611" t="s">
+      <c r="E611" s="2" t="s">
         <v>2402</v>
       </c>
-      <c r="E611" s="2" t="s">
+      <c r="F611" s="2" t="s">
         <v>2403</v>
-      </c>
-[...1 lines deleted...]
-        <v>2404</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B612" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C612" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D612" t="s">
         <v>2405</v>
       </c>
-      <c r="D612" t="s">
+      <c r="E612" s="2" t="s">
         <v>2406</v>
       </c>
-      <c r="E612" s="2" t="s">
+      <c r="F612" s="2" t="s">
         <v>2407</v>
-      </c>
-[...1 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B613" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C613" t="s">
-        <v>2409</v>
+        <v>2408</v>
       </c>
       <c r="D613" t="s">
         <v>2409</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>2410</v>
       </c>
       <c r="F613" s="2" t="s">
         <v>2411</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B614" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C614" t="s">
         <v>2412</v>
       </c>
       <c r="D614" t="s">
         <v>2413</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>2414</v>
       </c>
       <c r="F614" s="2" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B615" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C615" t="s">
         <v>2416</v>
       </c>
       <c r="D615" t="s">
+        <v>2416</v>
+      </c>
+      <c r="E615" s="2" t="s">
         <v>2417</v>
       </c>
-      <c r="E615" s="2" t="s">
+      <c r="F615" s="2" t="s">
         <v>2418</v>
-      </c>
-[...1 lines deleted...]
-        <v>2419</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B616" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C616" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D616" t="s">
         <v>2420</v>
       </c>
-      <c r="D616" t="s">
+      <c r="E616" s="2" t="s">
         <v>2421</v>
       </c>
-      <c r="E616" s="2" t="s">
+      <c r="F616" s="2" t="s">
         <v>2422</v>
-      </c>
-[...1 lines deleted...]
-        <v>2423</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B617" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C617" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D617" t="s">
         <v>2424</v>
       </c>
-      <c r="D617" t="s">
+      <c r="E617" s="2" t="s">
         <v>2425</v>
       </c>
-      <c r="E617" s="2" t="s">
+      <c r="F617" s="2" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B618" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C618" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
       <c r="D618" t="s">
         <v>2428</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>2429</v>
       </c>
       <c r="F618" s="2" t="s">
         <v>2430</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B619" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C619" t="s">
         <v>2431</v>
       </c>
       <c r="D619" t="s">
         <v>2432</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>2433</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>2434</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B620" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C620" t="s">
         <v>2435</v>
       </c>
       <c r="D620" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E620" s="2" t="s">
         <v>2436</v>
       </c>
-      <c r="E620" s="2" t="s">
+      <c r="F620" s="2" t="s">
         <v>2437</v>
-      </c>
-[...1 lines deleted...]
-        <v>2438</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B621" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C621" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D621" t="s">
         <v>2439</v>
       </c>
-      <c r="D621" t="s">
+      <c r="E621" s="2" t="s">
         <v>2440</v>
       </c>
-      <c r="E621" s="2" t="s">
+      <c r="F621" s="2" t="s">
         <v>2441</v>
-      </c>
-[...1 lines deleted...]
-        <v>2442</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B622" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C622" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D622" t="s">
         <v>2443</v>
       </c>
-      <c r="D622" t="s">
+      <c r="E622" s="2" t="s">
         <v>2444</v>
       </c>
-      <c r="E622" s="2" t="s">
+      <c r="F622" s="2" t="s">
         <v>2445</v>
-      </c>
-[...1 lines deleted...]
-        <v>2446</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B623" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C623" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D623" t="s">
         <v>2447</v>
       </c>
-      <c r="D623" t="s">
+      <c r="E623" s="2" t="s">
         <v>2448</v>
       </c>
-      <c r="E623" s="2" t="s">
+      <c r="F623" s="2" t="s">
         <v>2449</v>
-      </c>
-[...1 lines deleted...]
-        <v>2450</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B624" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C624" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D624" t="s">
         <v>2451</v>
       </c>
-      <c r="D624" t="s">
+      <c r="E624" s="2" t="s">
         <v>2452</v>
       </c>
-      <c r="E624" s="2" t="s">
+      <c r="F624" s="2" t="s">
         <v>2453</v>
-      </c>
-[...1 lines deleted...]
-        <v>2454</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B625" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C625" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D625" t="s">
         <v>2455</v>
       </c>
-      <c r="D625" t="s">
+      <c r="E625" s="2" t="s">
         <v>2456</v>
       </c>
-      <c r="E625" s="2" t="s">
+      <c r="F625" s="2" t="s">
         <v>2457</v>
-      </c>
-[...1 lines deleted...]
-        <v>2458</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B626" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C626" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D626" t="s">
         <v>2459</v>
       </c>
-      <c r="D626" t="s">
+      <c r="E626" s="2" t="s">
         <v>2460</v>
       </c>
-      <c r="E626" s="2" t="s">
+      <c r="F626" s="2" t="s">
         <v>2461</v>
-      </c>
-[...1 lines deleted...]
-        <v>2462</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="B627" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C627" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D627" t="s">
         <v>2463</v>
       </c>
-      <c r="D627" t="s">
+      <c r="E627" s="2" t="s">
         <v>2464</v>
       </c>
-      <c r="E627" s="2" t="s">
+      <c r="F627" s="2" t="s">
         <v>2465</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B628" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2466</v>
+      </c>
+      <c r="D628" t="s">
         <v>2467</v>
       </c>
-      <c r="B628" t="s">
+      <c r="E628" s="2" t="s">
         <v>2468</v>
       </c>
-      <c r="C628" t="s">
+      <c r="F628" s="2" t="s">
         <v>2469</v>
-      </c>
-[...7 lines deleted...]
-        <v>2472</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2467</v>
+        <v>2342</v>
       </c>
       <c r="B629" t="s">
-        <v>2468</v>
+        <v>2343</v>
       </c>
       <c r="C629" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D629" t="s">
+        <v>2471</v>
+      </c>
+      <c r="E629" s="2" t="s">
+        <v>2472</v>
+      </c>
+      <c r="F629" s="2" t="s">
         <v>2473</v>
-      </c>
-[...7 lines deleted...]
-        <v>2476</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="B630" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="C630" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D630" t="s">
         <v>2477</v>
       </c>
-      <c r="D630" t="s">
+      <c r="E630" s="2" t="s">
         <v>2478</v>
       </c>
-      <c r="E630" s="2" t="s">
+      <c r="F630" s="2" t="s">
         <v>2479</v>
-      </c>
-[...1 lines deleted...]
-        <v>2480</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="B631" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="C631" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D631" t="s">
         <v>2481</v>
       </c>
-      <c r="D631" t="s">
+      <c r="E631" s="2" t="s">
         <v>2482</v>
       </c>
-      <c r="E631" s="2" t="s">
+      <c r="F631" s="2" t="s">
         <v>2483</v>
-      </c>
-[...1 lines deleted...]
-        <v>2484</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="B632" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="C632" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D632" t="s">
         <v>2485</v>
       </c>
-      <c r="D632" t="s">
+      <c r="E632" s="2" t="s">
         <v>2486</v>
       </c>
-      <c r="E632" s="2" t="s">
+      <c r="F632" s="2" t="s">
         <v>2487</v>
-      </c>
-[...1 lines deleted...]
-        <v>2488</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="B633" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="C633" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D633" t="s">
         <v>2489</v>
       </c>
-      <c r="D633" t="s">
+      <c r="E633" s="2" t="s">
         <v>2490</v>
       </c>
-      <c r="E633" s="2" t="s">
+      <c r="F633" s="2" t="s">
         <v>2491</v>
-      </c>
-[...1 lines deleted...]
-        <v>2492</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B634" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D634" t="s">
         <v>2493</v>
       </c>
-      <c r="B634" t="s">
+      <c r="E634" s="2" t="s">
         <v>2494</v>
       </c>
-      <c r="C634" t="s">
+      <c r="F634" s="2" t="s">
         <v>2495</v>
-      </c>
-[...7 lines deleted...]
-        <v>2498</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2493</v>
+        <v>2474</v>
       </c>
       <c r="B635" t="s">
-        <v>2494</v>
+        <v>2475</v>
       </c>
       <c r="C635" t="s">
-        <v>287</v>
+        <v>2496</v>
       </c>
       <c r="D635" t="s">
-        <v>288</v>
+        <v>2497</v>
       </c>
       <c r="E635" s="2" t="s">
+        <v>2498</v>
+      </c>
+      <c r="F635" s="2" t="s">
         <v>2499</v>
-      </c>
-[...1 lines deleted...]
-        <v>2500</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="B636" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="C636" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="D636" t="s">
-        <v>467</v>
+        <v>2503</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="B637" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="C637" t="s">
-        <v>2504</v>
+        <v>287</v>
       </c>
       <c r="D637" t="s">
-        <v>2505</v>
+        <v>288</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>2506</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>2507</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="B638" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="C638" t="s">
         <v>2508</v>
       </c>
       <c r="D638" t="s">
+        <v>470</v>
+      </c>
+      <c r="E638" s="2" t="s">
         <v>2509</v>
       </c>
-      <c r="E638" s="2" t="s">
+      <c r="F638" s="2" t="s">
         <v>2510</v>
-      </c>
-[...1 lines deleted...]
-        <v>2511</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="B639" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="C639" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D639" t="s">
         <v>2512</v>
       </c>
-      <c r="D639" t="s">
+      <c r="E639" s="2" t="s">
         <v>2513</v>
       </c>
-      <c r="E639" s="2" t="s">
+      <c r="F639" s="2" t="s">
         <v>2514</v>
-      </c>
-[...1 lines deleted...]
-        <v>2515</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="B640" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="C640" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D640" t="s">
         <v>2516</v>
       </c>
-      <c r="D640" t="s">
+      <c r="E640" s="2" t="s">
         <v>2517</v>
       </c>
-      <c r="E640" s="2" t="s">
+      <c r="F640" s="2" t="s">
         <v>2518</v>
-      </c>
-[...1 lines deleted...]
-        <v>2519</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="B641" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="C641" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D641" t="s">
         <v>2520</v>
       </c>
-      <c r="D641" t="s">
+      <c r="E641" s="2" t="s">
         <v>2521</v>
       </c>
-      <c r="E641" s="2" t="s">
+      <c r="F641" s="2" t="s">
         <v>2522</v>
       </c>
-      <c r="F641" s="2" t="s">
+    </row>
+    <row r="642" spans="1:6">
+      <c r="A642" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B642" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C642" t="s">
         <v>2523</v>
+      </c>
+      <c r="D642" t="s">
+        <v>2524</v>
+      </c>
+      <c r="E642" s="2" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F642" s="2" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="A643" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B643" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D643" t="s">
+        <v>2528</v>
+      </c>
+      <c r="E643" s="2" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F643" s="2" t="s">
+        <v>2530</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">