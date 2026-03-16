--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2621">
   <si>
     <t>Popis radnih mjesta u anketi o plaćama</t>
   </si>
   <si>
     <t>www.mojaplaca.hr</t>
   </si>
   <si>
     <t>Ažurirano u</t>
   </si>
   <si>
-    <t>01/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Broj pozicija</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hr</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hr</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hr</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -1007,50 +1007,76 @@
 * Kreiranje specijalnih efekata (stvarenja modrica, rana itd.) pomoću šminke.
 * Izrada perika i sličnih proizvoda.
 * Izrada gipsanih kalupa lica i/ili glava.
 * Izrada lateks i silikonskih maski od kalupa za lica i / ili glava.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Fotomodel</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* poziranje ispred objektiva fotografa, slijedeći njihova uputstva.
 * pregledavanje odjeće, proizvoda itd.
 * izvođenje u TV reklamama.
 * suradnja s vizagištima, frizerima i stilistima odjeće.
 * putovanje na castinge i mjesta snimanja.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Stručni djelatnik u muzeju</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Upravljanje, evidencija i zaštita muzejskih predmeta.
+Stručno obrađivanje i katalogizacija predmeta.
+Izrada i provedba izložbenih projekata.
+Znanstveno‑istraživački rad u pripadajućem području.
+Priprema edukativnih i popularizacijskih materijala i predavanja.
+Metodološko usmjeravanje pri nabavi novih zbirki.
+Suradnja sa stručnim institucijama.
+Nadzor nad uvjetima pohrane i konzervacije.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotograf, foto-dizajner</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t xml:space="preserve">* Fotografiranje ljudi, životinja, predmeta, pejzaža i slično. 
 * Rukovanje analognim i digitalnim aparatiam, lećama, objektivima, reflektorima. 
 * Instruiranje ljudi tijekom fotografiranja. 
 * Uređivanje fotografija na računalu. 
 * Razvijanje negativa i fotografija, printanje fotografija. </t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
@@ -1633,50 +1659,80 @@
   <si>
     <t>Autodijagnostičar</t>
   </si>
   <si>
     <t>* Receiving motor vehicles at the service station or at the used car lot.
 * Preparing preliminary calculations of repairs.
 * Planning and ordering repairs of motor vehicles.
 * Communicating with clients throughout the course of the repairs.
 * Assigning and controlling the work of subordinate staff.
 * Ordering, receiving, and issuing parts from the warehouse.
 * Administrative processing of orders and issuing invoices for the repairs made.
 * Handing over the repaired vehicle to the client.
 * Assessing complaints and claims.</t>
   </si>
   <si>
     <t>* Prijem motornih vozila u servisu ili na parkingu rabljenih vozila. 
 * Priprema preliminarnih proračuna popravaka. 
 * Planiranje i naručivanje popravaka motornih vozila. 
 * Komunikacija s klijentima tijekom cijelog trajanja popravaka. 
 * Naručivanje, primanje i izdavanje dijelova sa skladišta. 
 * Administrativna obrada narudžbi i izdavanje računa za izvršene popravke.
 * Predaja popravljenog vozila klijentu. 
 * Procjena pritužbi i zahtjeva.</t>
   </si>
   <si>
+    <t>Mechatronics Technician</t>
+  </si>
+  <si>
+    <t>Mehatroničar</t>
+  </si>
+  <si>
+    <t>* Assembling and testing mechatronic systems and components in accordance with specifications.
+* Diagnosing and troubleshooting mechanical, electrical, and software issues in automotive systems.
+* Collaborating with engineers to design and improve mechatronic systems for enhanced vehicle performance.
+* Conducting routine maintenance and repairs on automated equipment and machinery.
+* Utilizing diagnostic tools and software to analyze system performance and implement necessary adjustments.
+* Ensuring compliance with safety standards and regulations throughout all processes.
+* Documenting repair and maintenance activities in accordance with company policies.
+* Participating in the development of technical documentation and user manuals for mechatronic systems.
+* Training and mentoring junior technicians on best practices and new technologies.
+* Staying updated on industry trends and advancements in mechatronics and automotive technology.</t>
+  </si>
+  <si>
+    <t>* Sastavljanje i testiranje mehatroničkih sustava i komponenti prema specifikacijama.
+* Dijagnosticiranje i rješavanje mehaničkih, električnih i programskih problema u automobilskim sustavima.
+* Suradnja s inženjerima pri dizajniranju i poboljšanju mehatroničkih sustava za poboljšanje performansi vozila.
+* Izvođenje redovitih održavanja i popravaka automatizirane opreme i strojeva.
+* Korištenje dijagnostičkih alata i programa za analizu učinka sustava i provođenje potrebnih prilagodbi.
+* Osiguravanje usklađenosti sa standardima sigurnosti i propisima u svim postupcima.
+* Dokumentiranje aktivnosti popravka i održavanja u skladu sa politikama tvrtke.
+* Sudjelovanje u razvoju tehničke dokumentacije i korisničkih uputa za mehatroničke sustave.
+* Obuka i mentoriranje junior tehničara o najboljim praksama i novim tehnologijama.
+* Pratiti aktualnosti i napredak u industriji mehatronike i automobilske tehnologije.</t>
+  </si>
+  <si>
     <t>Process Engineer</t>
   </si>
   <si>
     <t>Inženjer procesa</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of new products in the company.
 * Completing detailed production documentation and working procedures.
 * Updating production documentation and working procedures in case of a change in the production process.
 * Implementing tools increasing the efficiency of the production process (e.g. Six Sigma, Kaizen, Lean, poka-yoke etc.).
 * Reducing production costs while maintaining the required level of quality.
 * Solving the incurred problems and abnormalities.
 * Participating in the selection and deployment of technological equipment on the company premises.
 * Estimating the requirements regarding the staff, production time and costs.
 * Communicating with other departments in the company.</t>
   </si>
   <si>
     <t>* Odgovornost za implementaciju novih proizvoda u tvrtku. 
 * Kompletiranje detaljne proizvodne dokumentacije i radnih procedura.
 * Ažuriranje proizvodne dokumentacije i radnih procedura u slučaju promjene proizvodnog procesa. 
 * Implementacija alata za povećanje učinkovitosti proizvodnog procesa (npr. Six Sigma, Kaizen, Lean, poka-yoke itd.). 
 * Smanjenje troškova proizvodnje uz održavanje potrebne razine kvalitete. 
 * Rješavanje nastalih problema i nepravilnosti.
 * Sudjelovanje u odabiru i postavljanju tehnološke opreme u krugu poduzeća. 
 * Procjena zahtjeva u pogledu osoblja, vremena proizvodnje i troškova. 
@@ -3549,51 +3605,51 @@
 * Priprema i analiza financijskih izvještaja, proračuna i prognoza.
 * Podrška procesima zaključivanja obračunskog razdoblja i godine.
 * Osiguravanje usklađenosti s financijskim propisima i internim kontrolama.
 * Provođenje analize varijacija i identifikacija trendova u financijskim rezultatima.
 * Suradnja s različitim odjelima u prikupljanju financijskih podataka i uvida.
 * Pomoć pri izradi financijskih izvještaja za upravljanje i dioničare.
 * Vodjenje točnih financijskih evidencija i dokumentacije.
 * Sudjelovanje u revizijama i osiguravanje blagovremenih odgovora na upite revizije.
 * Podrška provedbi financijskih politika i postupaka.
 * Pomoć u upravljanju tokovima gotovine i nadzoru financijskih transakcija.
 * Pružanje administrativne podrške financijskom timu prema potrebi.
 * Doprinosaoci inicijativama za poboljšanje procesa unutar financijskog odjela.
 * Uključivanje u profesionalni razvoj kako bi se ostalo ažurno s trendovima i regulacijama u industriji.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Asistent u reviziji</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
   </si>
   <si>
     <t>* Obavljanje gospodarske djelatnosti (osim potpisivanja pisanog izvješća o rezultatima pružene usluge revizije) pod vodstvom ovlaštenog revizora. 
 * Provjera financijskih izvješća kupaca. 
 * Upravljanje dokumentacijom revizija. 
 * Vođenje radne knjižice pomoćnika revizora. 
 *  Suradnje s revizorskom komorom u slučaju kvalitetne revizije u vezi s obavljanjem revizorskih usluga.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Asistent poreznog savjetnika</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Obavljanje gospodarske djelatnosti pod vodstvom ovlaštenog poreznog savjetnika. 
 * Izrada poreznih mišljenja na hrvatskom i/ili stranom jeziku. 
@@ -5428,50 +5484,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>ABAP Programer</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Razvoj složenih računalnih aplikacija i / ili zasebnih modula u programskom jeziku ABAP.
 * Analiza zahtjeva kupaca i procjena potencijalnih rizika i povezanih tehničkih problema.
 * Sudjelovanje u izradi tehničkih specifikacija.
 * Predavanje završenog posla klijentima / testerima u svrhu testiranja.
 * Utvrđivanje i ispravljanje funkcionalnih i sigurnosnih pogrešaka u izvornom kodu.
 * Predaja dovršenih softverskih aplikacija klijentima, voditeljima projekata itd.
 * Pružanje tehničke podrške klijentima.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Uvođenje agilnih principa u timove i organizaciju.
+Koučiranje Scrum Mastera, Product Ownera i razvojnih timova.
+Facilitacija retrospektiva, radionica i agilnih ceremonija.
+Procjena zrelosti tima i predlaganje poboljšanja.
+Uklanjanje prepreka koje ometaju agilno funkcioniranje.
+Edukacija timova u agilnim okvirima (Scrum, Kanban, SAFe).
+Podrška kulturi kontinuiranog poboljšanja.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Inženjer umjetne inteligencije</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Dizajn, razvoj i implementacija modela umjetne inteligencije i strojnog učenja.
 * Obrada i analiza podataka uključujući pripremu skupova podataka, čišćenje i anotaciju podataka.
 * Razvoj algoritama za predikciju, klasifikaciju, prepoznavanje slike/govora ili obradu prirodnog jezika (NLP).
 * Integracija AI rješenja u postojeće proizvode, sustave ili cloud infrastrukturu.
 * Optimizacija modela u pogledu performansi, točnosti i zahtjeva za računalnim resursima.
 * Suradnja s data analitičarima, softverskim inženjerima i poslovnim timovima na definiranju zahtjeva i ciljeva.
 * Praćenje trendova i novosti u području AI/ML i njihova primjena u praksi.
 * Dokumentiranje postupaka, rješenja i rezultata eksperimenata.</t>
   </si>
@@ -6354,50 +6434,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Objective-C Programer</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Razvoj mobilnih aplikacija za iOS platformu i za uređaje s iOS operativnim sustavom (iPhone, iPad itd.).
 * Analiza zahtjeva kupaca i procjena potencijalnih rizika i povezanih tehničkih problema.
 * Sudjelovanje u izradi tehničkih specifikacija.
 * Predavanje završenog posla klijentima / testerima u svrhu testiranja.
 * Utvrđivanje i ispravljanje funkcionalnih i sigurnosnih pogrešaka u izvornom kodu.
 * Predaja dovršenih softverskih aplikacija klijentima, voditeljima projekata itd.
 * Pružanje tehničke podrške klijentima.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Tehničar online kasina</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Upravljanje i nadzor online gaming sustava.
+Rješavanje incidenata vezanih uz softver igara.
+Implementacija ažuriranja i konfiguracija igara.
+Testiranje funkcionalnosti igraćih modula.
+Komunikacija s developerima i pružateljima igara.
+Osiguravanje stabilnosti i performansi sustava.
+Dokumentiranje tehničkih zahvata.</t>
+  </si>
+  <si>
     <t>PC Technician</t>
   </si>
   <si>
     <t>Informatičar</t>
   </si>
   <si>
     <t>* Providing technical support and troubleshooting for PC hardware and software issues.
 * Installing, configuring, and maintaining computer systems and peripherals.
 * Assisting users with setup, installation, and usage of applications and operating systems.
 * Diagnosing and resolving technical issues related to computer networks and connectivity.
 * Performing regular maintenance and updates on computer systems.
 * Ensuring data backup and recovery procedures are in place and functioning effectively.
 * Collaborating with IT teams to implement new technologies and upgrades.
 * Documenting technical processes and user manuals for reference.
 * Training users on best practices for computer usage and security.
 * Maintaining inventory of IT equipment and supplies.
 * Responding to service requests in a timely manner to ensure minimal disruption to operations.
 * Monitoring system performance and recommending improvements as necessary.</t>
   </si>
   <si>
     <t>* Pružanje tehničke podrške i rješavanje problema s PC hardverom i softverom.
 * Instaliranje, konfiguriranje i održavanje računalnih sustava i perifernih uređaja.
 * Pomaćanje korisnicima pri podešavanju, instalaciji i korištenju aplikacija i operacijskih sustava.
 * Dijagnosticiranje i rješavanje tehničkih problema vezanih uz računalne mreže i povezivanje.
 * Izvođenje redovnog održavanja i ažuriranja na računalnim sustavima.
@@ -6527,80 +6631,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Razvoj i održavanje statističkog softvera i alata pomoću R programskog jezika.
 * Analiza složenih skupova podataka za izvlačenje smislenih uvida i podršku odlučivanju temeljenu na podacima.
 * Suradnja s višefunkcionalnim timovima za razumijevanje potreba podataka i isporuku djelotvornih rješenja.
 * Stvaranje vizualizacija podataka i izvješća za učinkovitije priopćavanje nalaza dionicima.
 * Pisanje čistog, učinkovitog i dobro dokumentiranog koda za osiguranje održavanja i skalabilnosti projekata.
 * Provođenje čišćenja i predobrada podataka za osiguranje kvalitete i pouzdanosti podataka.
 * Sudjelovanje u pregledima koda i doprinos razvoju najboljih praksi u razvoju softvera.
 * Ažuriranje sa najnovijim napredcima u R programiranju i metodologijama podataka znanosti.
 * Rješavanje problema i ispravljanje postojećih R aplikacija za poboljšanje funkcionalnosti i učinkovitosti.
 * Pružanje obuke i podrške članovima tima i dionicima o R alatima i tehnikama.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA inženjer</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Automatizacija procesa pomoću RPA alata (UiPath, BluePrism, Automation Anywhere).
+Modeliranje procesnih tokova i analiza koraka pogodnih za automatizaciju.
+Izrada, testiranje i implementacija robotskih skripti.
+Osiguravanje ispravnog rada RPA robota u produkciji.
+Optimizacija postojećih automatizacija i rješavanje incidenata.
+Dokumentiranje rješenja i procesnih postupaka.
+Suradnja s procesnim analitičarima, IT‑jem i poslovnim odjelima.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Developer / Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Suradnja s funkcionalnim timovima pri definiranju, dizajniranju i izdavanju novih značajki u Ruby aplikacijama.
 * Pisanje čistog, održivog i učinkovitog koda uz slijedanje najboljih praksi i standarda razvoja.
 * Otklanjanje pogrešaka i rješavanje problema u postojećim aplikacijama za osiguranje optimalne performanse i korisničkog iskustva.
 * Sudjelovanje u pregledima koda radi pružanja konstruktivne povratne informacije i poboljšanja produktivnosti tima.
 * Ažurniranje novih tehnologija i industrijskih trendova za poboljšanje procesa razvoja.
 * Razvoj i održavanje dokumentacije za kod, procese i aplikacije.
 * Integracija korisničkih elemenata s logikom poslužitelja za stvaranje neprekinutih aplikacija.
 * Osiguranje sigurnosti i skalabilnosti aplikacija kroz strogo testiranje i optimizaciju.
 * Doprinos kontinuiranom poboljšanju procesa razvoja i suradnje tima.
 * Mentorstvo mlađih razvijatelja i dijeljenje znanja za promicanje kulture učenja unutar tima.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP konzultant</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Analiziranje poslovnih procesa i dizajn rješenja u SAP modulima.
+Konfiguriranje SAP sustava prema zahtjevima klijenta.
+Testiranje, dokumentiranje i podrška pri implementaciji.
+Edukacija korisnika i pružanje stručne podrške.
+Suradnja na migraciji podataka i integracijama s drugim sustavima.
+Rješavanje incidenata i optimizacija SAP postavki.
+Podrška razvoju SAP arhitekture i procesa.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>Stručnjak za SAP</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Pružite odgovarajuću korisničku podršku, primate i rješavajte izvještaje o greškama i probleme.
 * Nadgledajte sustav i poduzmite mjere kako biste osigurali nesmetan rad.
 * Upravljajte dodijeljenim modulima u skladu s dogovorenim internim standardima.
 * Komunicirajte s drugim odjelima kako biste pružili odgovarajuću podršku SAP korisnicima.
 * Doprinijeti razvoju operativnih metodologija i razvojnih planova.
 * Preuzmite nove inovacije, kao i profesionalnu razgradnju zastarjelih informacijskih sustava.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -6663,50 +6815,108 @@
 * Ažuriranje antivirusnog programa, antispyware-a i sigurnosnih korektura.
 * Komuniciranje s kupcima, pružajući stručne savjete i konzultacije.
 </t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Programski inžinjer</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Korištenje računalnog i matematičkog znanja u dizajniranju, razvijanju i testiranju softvera. 
 * Analiza zahtjeva kupaca i predlaganje tehničkih rješenja. 
 * Izrada i održavanje tehničke dokumentacije. 
 * Izrada softvera prema zahtjevima kupaca. 
 * Testiranje softvera i popravljanje grešaka. 
 * Pružanje tehničke podrške klijentima.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution arhitekt</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Analiziranje poslovnih zahtjeva i njihovo prevođenje u tehnički dizajn rješenja.
+Dizajniranje arhitekture sustava, integracija, tokova podataka i tehničkih komponenti.
+Priprema arhitektonske dokumentacije, modela i dijagrama.
+Odabir tehnologija i definiranje tehničkih standarda i najboljih praksi.
+Suradnja s developerima, testerima, poslovnim analitičarima i infrastrukturnim timom tijekom implementacije.
+Konzultacije sa stakeholderima i prezentacija arhitekture tehničkoj i netehničkoj publici.
+Nadzor implementacije rješenja i provođenje tehničkih revizija.
+Rješavanje pitanja sigurnosti, performansi, skalabilnosti i dostupnosti.
+Dizajniranje integracijskih sučelja (API) i logike povezivanja sustava.
+Osiguravanje usklađenosti rješenja s enterprise arhitekturom i IT strategijom.
+Podrška planiranju roadmap‑a i izradi procjena složenosti.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Inženjer pouzdanosti sustava</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Praćenje dostupnosti i performansi sustava.
+Incident response – rješavanje ispada i brzo vraćanje usluga.
+Automatizacija operativnih zadataka i procesa implementacije.
+Planiranje kapaciteta i skaliranje infrastrukture.
+Izrada i održavanje monitoringa, alertinga i metrika.
+Suradnja s developerima na povećanju pouzdanosti aplikacija.
+Post‑incident analize i uvođenje preventivnih mjera.
+Osiguravanje sigurnosti sustava i usklađenosti sa standardima.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Administrator sustava</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Instalacija i upravljanje računalnim poslužiteljima i radnim stanicama.
 * Instalacija, reinstalacija i ažuriranje licencirane programske opreme; vođenje evidencije o kupljenim licencama.
 * Izvođenje redovitih revizija sistema i programske opreme.
 * Analiza sustavnih dnevnika i utvrđivanje mogućih nepravilnosti.
 * Optimizacija rada sustava i performansi.
@@ -7949,50 +8159,74 @@
 * Odgovornost za značenje i kreativnu komunikaciju reklamnih kampanja.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Voditelj autoservisa</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Planiranje prijema i organiziranje procesa popravka s obzirom na učinkovitu uporabu osoblja, proizvodnih sredstava i materijala.
 * Upravljanje, koordiniranje i motiviranje zaposlenika.
 * Dodjeljivanje zadataka zaposlenicima i praćenje njihovog ispunjavanja.
 * Bilježenje i procjena radnog vremena i učinka radnika.
 * Pomoć u dijagnosticiranju složenih nedostataka i određivanju postupaka popravka.
 * Obrada žalbi i zahtjeva kupaca.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Menadžer za kladioničke proizvode</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Upravljanje portfeljem sportskih i tečajnih oklada.
+Suradnja s tradingom, risk menadžmentom i marketingom.
+Optimizacija ponude i praćenje tržišne uspješnosti.
+Izrada promo kampanja i aktivnosti za igrače.
+Kontrola usklađenosti s propisima.
+Predlaganje inovacija proizvoda.
+Praćenje konkurencije i tržišnih trendova.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Brand manager</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t xml:space="preserve">* Odgovornost za dodjeljene brandove.
 * Praženje tržišta, zahtjeva korisnika i konkurencije. 
 * Izrada i provedba strategije branda. 
 * Planiranje marketinškog budžeta, kontrola troškova i odgovornost za efikasnost. 
 * Gradnja percepcije branda u skladu sa strategijom. 
 * Upravljanje i nadgledanje promocijskih kampanja. 
 * Komunikacija s partnerima i vanjskim dobavljačima. 
 * Suradnja s drugim odjelima u tvrtki. </t>
   </si>
@@ -8244,50 +8478,98 @@
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Voditelj financija i računovodstva</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t xml:space="preserve">* Upravljanje, koordiniranje, motiviranje i procjena podređenih zaposlenika.
 * Osiguranje strateškog financijskog plana.
 * Priprema i obrada financijskih izvještaja tvrtke.
 * Analiza financijske situacije tvrtke.
 * Planiranje, upravljanje i praćenje novčanog toka.
 * Komuniciranje s financijskim institucijama i vanjskim partnerima tvrtke.
 * Izvještavanje članova višeg managementa o rezultatima. </t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Menadžer igraonice</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Upravljanje radom igraonice i nadzor zaposlenika.
+Kontrola poštivanja pravila i zakonodavstva.
+Briga o zadovoljstvu korisnika.
+Optimizacija učinka igraćih uređaja.
+Rješavanje incidenata i rizičnih situacija.
+Organizacija smjena i edukacija.
+Nadzor financijskih i sigurnosnih aspekata poslovanja.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Menadžer igraćih uređaja</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Upravljanje radom automata za igre i tehničkih uređaja.
+Planiranje pozicioniranja, učinka i rotacije automata.
+Komunikacija s tehničarima, dobavljačima i poslovnicama.
+Praćenje prihoda i rezultata uređaja.
+Osiguravanje usklađenosti s propisima.
+Nadzor servisnih zahvata i održavanja.
+Optimizacija ponude igara.</t>
+  </si>
+  <si>
     <t>Head of Broadcasting</t>
   </si>
   <si>
     <t>Voditelj emitiranja programa</t>
   </si>
   <si>
     <t>* Overseeing the planning, execution, and delivery of broadcast programming across various platforms.
 * Developing and implementing strategic initiatives to enhance audience engagement and viewership.
 * Collaborating with content creators, producers, and technical teams to ensure high-quality broadcasts.
 * Managing budgets, resources, and schedules to optimize operational efficiency.
 * Analyzing audience data and feedback to refine programming and improve viewer satisfaction.
 * Ensuring compliance with broadcasting regulations and industry standards.
 * Leading a team of broadcasting professionals, providing guidance, training, and performance evaluations.
 * Establishing and maintaining relationships with external partners, including advertisers and content distributors.
 * Staying updated on industry trends and emerging technologies to innovate broadcast practices.
 * Representing the broadcasting division in meetings and public events, promoting the organization's mission and vision.</t>
   </si>
   <si>
     <t>* Nadzor planiranja, izvršenja i dostave programa emitiranja na različitim platformama.
 * Razvijanje i uvođenje strateških inicijativa za poboljšanje angažiranosti publike i gledanosti.
 * Suradnja s tvoracima sadržaja, producentima i tehničkim timovima kako bi se osigurali visokokvalitetni prijenosi.
 * Upravljanje proračunima, resursima i rasporedima kako bi se optimizirala operativna učinkovitost.
 * Analiza podataka o publici i povratnim informacijama kako bi se poboljšao program i zadovoljstvo gledatelja.
 * Osiguravanje usklađenosti s propisima o emitiranju i industrijskim standardima.
 * Vođenje tima profesionalaca u emitiranju, pružanje smjernica, obuke i procjene učinka.
@@ -8549,50 +8831,74 @@
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Voditelj marketinga</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t xml:space="preserve">* Razvoj kratkoročnih i dugoročnih marketinških strategija.
 * Jačanje svijesti kupaca i pozicije brenda na tržištu.
 * Analiziranje tržišta, praćenje trendova i aktivnosti konkurencije.
 * Predlaganje marketinških proračuna, odlučivanje o korištenju sredstava i nadziranje upotrebe.
 * Priprema i koordinacija marketinških kampanja i pratećih djelatnosti.
 * Praćenje učinkovitosti marketinških kampanja i pratećih djelatnosti.
 * Procjena uspješnosti marketinških kampanja i pratećih djelatnosti.
 * Vodstvo, motivacija i dodjela zadataka podređenim djelatnicima.
 </t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Menadžer online kasina</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Upravljanje online casino operacijama i uspješnošću proizvoda.
+Koordinacija timova (support, risk, marketing, tehnika).
+Optimizacija ponude za igrače i promotivnih kampanja.
+Praćenje KPI‑eva, rezultata igara i ponašanja igrača.
+Rješavanje rizičnih situacija i zahtjeva usklađenosti.
+Nadzor sigurnosti, AML‑a i odgovornog igranja.
+Predlaganje poboljšanja proizvoda i korisničkog iskustva.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Voditelj poštanskog ureda</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Upravljanje, nadgledanje i organiziranje aktivnosti unutar pošte.
 * Praćenje razine zaliha operativnog materijala, obrazaca i robe na skladištu, naručivanje i raspodjela materijala zaposlenicima.
 * Rješavanje i uklanjanje problema, kvarova i nedostataka.
 * Obavljanje administrativnih poslova povezanih s položajem upravitelja pošte.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Voditelj procesima</t>
   </si>
@@ -8783,50 +9089,74 @@
     <t>Voditelj restorana</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Nadzor nad dnevnim radom restorana kako bi se osigurao visoki standard usluge i zadovoljstvo gostiju.
 * Upravljanje zapošljavanjem, obukom i evaluacijom nastupa zaposlenika za izgradnju kompetentnog tima.
 * Razvijanje i implementiranje učinkovite marketinške strategije za promociju restorana i povećanje angažiranosti kupaca.
 * Praćenje financijskih rezultata, uključujući izradu proračuna, prognoze i kontrolu troškova za maksimalnu profitabilnost.
 * Osiguravanje uključivanja u zdravstvene i sigurnosne propise, kao i održavanje standarda čistoće i higijene.
 * Suradnja s osobljem kuhinje za stvaranje i ažuriranje menija koji zadovoljavaju potrebe i preferencije kupaca te dostupnost sezonske hrane.
 * Rukovanje upitima, pritužbama i povratnim informacijama kupaca za poboljšanje iskustva hranjenja i poticanje lojalnosti.
 * Održavanje odnosa s dobavljačima i prodavačima kako bi se osigurala pravovremena isporuka kvalitetnih proizvoda.
 * Analiza tržišnih trendova i aktivnosti konkurenata za identifikaciju mogućnosti rasta i poboljšanja.
 * Planiranje i organizacija posebnih događaja i promocija za privlačenje novih kupaca i očuvanje postojećih.</t>
+  </si>
+  <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Menadžer maloprodajnih kladionica</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Upravljanje mrežom maloprodajnih kladioničkih poslovnica.
+Odgovornost za rezultate, prihode i operativu.
+Organizacija smjena i edukacija zaposlenika.
+Kontrola usklađenosti s propisima i internim pravilima.
+Rješavanje pritužbi i korisničkih situacija.
+Optimizacija procesa i troškova.
+Suradnja s centralom i marketingom.</t>
   </si>
   <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>Voditelj odjela žalbi</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>* Upravljanje i kontrola zaposlenika u odjelu za žalbe.
 * Rješavanje teških žalbi kupaca na njihovo opće zadovoljstvo.
 * Priprema dokumenata za mogući pokušaj mirenja i parnice s kupcima ili dobavljačima.
 * Analiziranje uzroka teških pritužbi.
 * Predlaganje odgovarajućih mjera za izbjegavanje prigovora.</t>
   </si>
   <si>
     <t>Risk Manager</t>
   </si>
   <si>
@@ -9715,50 +10045,76 @@
 * Osposobljavanje zaposlenika za korištenje proizvodnih strojeva i opreme. 
 * Ispunjavanje tehničkih izvješća. 
 * Pružanje tehničke podrške internim i eksternim korisnicima.</t>
   </si>
   <si>
     <t>Technician</t>
   </si>
   <si>
     <t>Tehničar</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t>* Stvaranje strojeva, strojeva i uređaja u pogonu u inženjerskoj proizvodnji.
 * Analiziranje kvarova kako bi se utvrdili razlozi zbog kojih su nastali.
 * Izvođenje popravaka strojeva, strojeva i uređaja zamjenom neispravnih komponenata novima ili izmjenom softvera.
 * Upravljanje i provjera tehničke dokumentacije i njezino ažuriranje.
 * Osiguravanje tehničke podrške procesima i proizvodima u inženjerskoj proizvodnji.</t>
   </si>
   <si>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Tehnolog zavarivanja</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Izrada tehnoloških postupaka zavarivanja (WPS).
+Podešavanje parametara zavarivanja za različite materijale.
+Kontrola kvalitete zavara i pridržavanja postupaka.
+Odgovornost za certificiranje zavarivačkih procesa i zavarivača.
+Uvođenje novih tehnologija i alata za zavarivanje.
+Suradnja s proizvodnjom na rješavanju odstupanja.
+Analiza grešaka na zavarima i prijedlog korektivnih mjera.
+Kontrola dokumentacije i auditne aktivnosti.</t>
+  </si>
+  <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Medicina i socijalna skrb</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Vozač hitne pomoći</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
     <t>* Vožnja hitne pomoći ili pružanje pomoći vozačima hitne pomoći u prijevozu bolesnih, ozlijeđenih ili oporavljenih osoba.
 * Uklanjanje i zamjena zaprljane posteljine i opreme radi održavanja sanitarnih uvjeta.
@@ -10053,100 +10409,149 @@
 * Popravak naočala.
 * Pružanje preporuka i savjeta o specijalističkim pregledima. </t>
   </si>
   <si>
     <t>Doctor</t>
   </si>
   <si>
     <t>Liječnik</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t xml:space="preserve">* Dijagnoza akutnih i kroničnih bolesti u okviru opće medicine s preporukom za terapiju i dijagnostičke procedure.
 * Uska suradnja s drugim doktorima specijalistima.
 * Prikupljanje uzoraka za hematologiju i biokemijske testove, brisevi za uzgoj.
 * Pohranjivanje rezultata ispitivanja u zdravstvenu knjižicu pacijenta, vođenje evidencije ambulantne skrbi zajedno s medicinskim sestrama.
 * Pohranjivanje pojedinih zdravstvenih postupaka za ugovorena zdravstvena osiguranja.
 </t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Ginekolog</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje ginekoloških bolesti.
+Vođenje trudnoće i prenatalna skrb.
+Preventivni ginekološki pregledi.
+Izvođenje manjih ginekoloških zahvata.
+Savjetovanje o kontracepciji i reproduktivnom zdravlju.
+Procjena nalaza ultrazvuka i laboratorijskih testova.
+Skrb o pacijenticama nakon operacija.
+Vođenje dokumentacije i preporuka daljnjih pretraga.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t>Glavna medicinska sestra</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t>* Sudjelovanje u planiranju proračuna osoblja i zapošljavanju
 * Osigurnje da njega zadovoljava regulatorne standarde
 * Pregledavanje i odobravanje sestrinskih politika i postupaka
 * Procijenjivanje učinaka sestrinskog osoblja
 * Surađivanje sa sestrinskim osobljem, višim rukovodstvom i vanjskim agencijama u koordinaciji skrbi o pacijentima
 * Obučavanje osoblja za upravljanje sestrinstvom i koordiniranje obrazovnih programa za pacijente i njihove obitelji
 * Omogućavanje sastanaka s medicinskim osobljem iz drugih odjela
 * Osiguravanje da medicinske službe za njegu zadovoljavaju potrebe pacijenta
 * Primijenjivanje sustava osiguranja kvalitete
 * Sudjelovanje u razvoju novih programa zbrinjavanja pacijenata</t>
   </si>
   <si>
     <t>Hygiene Officer</t>
   </si>
   <si>
     <t>Sanitarni inženjer/tehničar</t>
   </si>
   <si>
     <t>* Collecting samples of food, snacks, ready meals, drinks and water samples from springs, pools, dams and their subsequent microbiological analysing.
 * Performing announced and unannounced inspections of new and existing business operations.
 * Issuing approvals/disapprovals for the opening of new operations.
 * Issuing warnings and recommendations regarding the consumption and use of harmful food, cosmetics, contaminated water sources, water expanses etc.
 * Imposing fines on natural and legal persons in accordance with the applicable legislation.
 * Mandating compulsory vaccination in case of the risk of an outbreak.</t>
   </si>
   <si>
     <t xml:space="preserve">* Otkrivanje onečišćenja, zračenja, buke i drugih čimbenika okruženja koji narušavaju zdravlje
 * Predlaganje i provođenje odgovarajućih mjera kako bi se očuvalo zdravlje ljudi
 </t>
   </si>
   <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje bolesti unutarnjih organa.
+Cjelovito vođenje kroničnih bolesti (dijabetes, hipertenzija…).
+Tumačenje laboratorijskih i slikovnih nalaza.
+Podešavanje farmakoterapije i praćenje učinaka.
+Preventivni pregledi i edukacija pacijenata.
+Konzultacije za druge specijaliste i obiteljske liječnike.
+Bolnička skrb ovisno o ustanovi.
+Vođenje dokumentacije i odlučivanje o daljnjoj dijagnostici.</t>
+  </si>
+  <si>
     <t>Kinetotherapist</t>
   </si>
   <si>
     <t>Kineziolog</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
     <t>* Procjena tjelesnih sposobnosti i ograničenja pacijenta putem različitih testova i procjena.
 * Izrada individualiziranih planova liječenja temeljenih na potrebama i ciljevima pacijenta.
 * Provodbenje terapijskih vježbi i aktivnosti za poboljšanje mobilnosti i funkcije pacijenta.
 * Edukacija pacijenta i njegove obitelji o postupcima liječenja i strategijama samostalnog upravljanja.
 * Praćenje i dokumentiranje napretka pacijenta tijekom procesa terapije.
 * Suradnja sa stručnjacima u zdravstvu, uključujući liječnike i ergoterapeute, kako bi se osigurala sveobuhvatna skrb.
 * Korištenje specijalizirane opreme i tehnika kako bi se pomoglo u rehabilitaciji.
@@ -10245,50 +10650,76 @@
   <si>
     <t>Midwife</t>
   </si>
   <si>
     <t>Primalja</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period.
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
     <t>* Pružanje njege ženama tijekom trudnoće, poroda i postporođajnog razdoblja.
 * Održavanje i podrška optimalnog stanja zdravlja novih i trudnih majki.
 * Voditeljstvo tokom fiziološkog poroda te suradnja s liječnikom u slučaju komplikacija.
 * Edukacija novih i trudnih majki o njezi novorođenih.
 * Priprema novih i trudnih majki za dojenje.
 * Posjeti ženama s ginekološkim problemima.
 * Upravljanje medicinskim kartonima.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neurolog</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Dijagnostika bolesti živčanog sustava (mozak, leđna moždina, periferni živci).
+Provođenje neurološkog pregleda.
+Indikacija EMG‑a, EEG‑a, MR‑a i drugih testova.
+Liječenje akutnih i kroničnih neuroloških bolesti.
+Dugotrajno praćenje pacijenata s progresivnim bolestima.
+Suradnja s rehabilitacijom i neurokirurgijom.
+Vođenje medicinske dokumentacije.
+Edukacija pacijenata i obitelji o upravljanju bolešću.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Medicinska sestra/tehničar</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Pružanje pomoći pri specijaliziranim medicinskim postupcima i pregledima.
 * Mjerenje i praćenje vitalnih znakova i funkcija pacijenata.
 * Davanje injekcija i propisanih lijekova pacijentima.
 * Prikupljanje uzoraka biološkog materijala.
 * Uspostavljanje redoslijeda preventivnih provjera i pregleda pacijenata.
 * Vođenje zdravstvene evidencije i dokumentacije.
 * Pranje, dezinfekcija i sterilizacija medicinskih instrumenata i pomagala.
 * Pružanje prve pomoći u hitnim slučajevima.</t>
   </si>
@@ -10362,50 +10793,76 @@
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Ortopedski tehničar</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Kontroliranje proteznih proizvoda i poluproizvoda.
 * Obrada kože (sirove kože) i materijala za podstavu ručno i strojno.
 * Izrada ortopedskih pomagala strojno.
 * Spojanje ortopedskih materijala rukom i strojnim šivanjem, zakivanjem (čvrsto vezivanje s metalnim komponentama) itd.
 * Prilagođavanje ortopedskih dijelova izrađenih od drveta, kože, plastike i drugih prirodnih materijala.
 * Izrada mekih zavojnih povojnih povezaka i kombiniranih ortopedskih umetaka.
 * Izrada ortopedskih cipela prema receptima.</t>
   </si>
   <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pedijatar</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje bolesti djece od rođenja do adolescencije.
+Preventivni pregledi te praćenje rasta i razvoja djeteta.
+Cijepljenje i vođenje cijepljene dokumentacije.
+Propisivanje terapije i praćenje njezine učinkovitosti.
+Savjetovanje roditelja o zdravlju i prehrani djece.
+Prepoznavanje razvojnih poremećaja i upućivanje specijalistima.
+Vođenje zdravstvene dokumentacije.
+Suradnja s bolnicama i specijalistima u složenoj skrbi.</t>
+  </si>
+  <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Farmaceutski tehničar</t>
   </si>
   <si>
     <t>* Preparing medicines for which there are standard prescriptions.
 * Weighing substances that are used as preparations of drugs, but does not participate in the manufacture of preparations according to the prescription and instructions of the doctor.
 * Care for laboratory utensils.
 * Production of various physico-chemical and biological analyzes and measurements using laboratory equipment.
 * Production preparation and supervision of technological phases in the production of pharmaceutical and cosmetic preparations.</t>
   </si>
   <si>
     <t>* Pripravljanje lijekova za koje postoje standardni recepti.
 *  Vaganje supstanci koje se koriste kao pripravci lijekova, ali ne sudjeluje u izradbi pripravka prema receptu i uputama liječnika.
 * Briga za laboratorijsko posuđe.
 * Proizvodnja različitih fizikalno-kemijskih i bioloških analiza i mjerenja upotrebom laboratorijske aparature.
 * Priprema proizvodnje te nadzor tehnoloških faza u proizvodnji farmaceutskih i kozmetičkih preparata.</t>
   </si>
   <si>
     <t>Pharmacist</t>
   </si>
   <si>
     <t>Magistar farmacije</t>
   </si>
@@ -10420,86 +10877,135 @@
     <t>* Priprema lijekova prema receptu liječnika.
 * Informiranje pacijenata o svrsi i primjeni lijeka.
 * Odgovaranje na upite kupaca o propisanim lijekovima, a to su pitanja o mogućim negativnim reakcijama i interakcijama s drugim lijekovima ili poremećajima.
 * Odgovaranje na upite o lijekovima koji se kupuju bez recepta te onim supstancijama koje služe kao preventiva nekih poremećaja.
 * Priprema lijeka, odnosno miješanje sastojaka u obliku praška, tableta, kapsula i otopina.</t>
   </si>
   <si>
     <t>Physiotherapist</t>
   </si>
   <si>
     <t>Fizioterapeut</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
     <t>* Procjena zdravstvenog stanja bolesnika, dijagnosticiranje izvora problema.
 * Propisivanje specijaliziranih vježbi, ovisno o prirodi problema.
 * Pokazivanje rehabilitacijskih postupaka i vježbi.
 * Instruiranje bolesnika u vezi pravilnog hodanja, stajanja, sjedenja i držanja.
 * Upravljanje dokumentacijom o zdravstvenom stanju bolesnika.</t>
+  </si>
+  <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psihijatar</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje psihičkih poremećaja.
+Propisivanje psihofarmaka i praćenje njihove učinkovitosti.
+Krizna intervencija i zbrinjavanje akutnih stanja.
+Dugoročno praćenje pacijenata s kroničnim dijagnozama.
+Suradnja s psiholozima i terapeutima.
+Bolnička skrb prema vrsti ustanove.
+Izrada nalaza i stručnih mišljenja.
+Vođenje dokumentacije i planiranje terapije.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>Radiograf</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Izvođenje dijagnostičkih slikovnih pretraga pomoću rendgenskog uređaja kako bi se pomoglo u dijagnozi i liječenju pacijenata.
 * Suradnja s liječnicima i stručnjacima zdravstvene zaštite kako bi se odredile prikladne tehnike i protokoli slikanja.
 * Priprema pacijenata za radiografske postupke objašnjavanjem postupka, rješavanjem eksprimiranih problema i osiguravanjem udobnosti.
 * Postavljanje pacijenata na ispravan položaj kako bi se dobile slike visoke kakvoće, uz minimalno izlaganje zračenju.
 * Održavanje i upravljanje radiografskom opremom, osiguravajući usklađenost s standardima sigurnosti i kvalitete.
 * Analiza slika radi tehničke kakvoće i pomoć u tumačenju nalaza.
 * Vođenje točnih kartona pacijenata i dokumentiranje izvršenih postupaka i dobivenih rezultata.
 * Osiguravanje čistoće i organiziranosti odjela za radiografiju i opreme.
 * Azuriranje napretka u radiografskoj tehnologiji i tehnikama putem kontinuirane edukacije i obuke.
 * Poštivanje svih propisanih smjernica za sigurnost i regulative kako bi se osigurao siguran okoliš za pacijente i djelatnike.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Radiolog</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Provođenje i ocjenjivanje radioloških pretraga (RTG, UZV, CT, MR).
+Izrada nalaza i davanje dijagnostičkih preporuka.
+Suradnja s kliničkim liječnicima u dijagnostici.
+Nadzor nad tehničkom kvalitetom pretraga.
+Zaštita od zračenja i poštivanje propisa.
+Dokumentiranje i arhiviranje slikovnog materijala.
+Preporučivanje dodatnih pretraga prema potrebi.
+Konzultacije nalaza s drugim specijalistima.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Radiolog</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Provođenje snimanja. 
 * Asistiranje pri nestandardnim radiološkim tretmanima koristeći kompleksu opremu. 
 * Razvijanje negativa u crnoj komori. 
 * Izvođenje CT i MR pregleda te asistiranje u vođenim CT intervencijama. (biopsija i drenaža).
 * Procesiranje CT i MR slikovne dokumentacije i njihovo snimanje na elektornske medije.
 * Informiranje pacijenta o pripremi za tretman, njegovom trajanju, rizicima te rezultatima pretraga.</t>
   </si>
   <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
     <t>Voditelj regulatornih poslova</t>
   </si>
   <si>
     <t>* Preparing, submitting, and implementing registration documents of pharmaceutical products.
@@ -10578,50 +11084,76 @@
     <t>Logoped</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
     <t>* Procjenjivanje, dijagnosticiranje i liječenje poremećaja govora, jezika i komunikacije kod osoba svih dobnih skupina.
 * Razvoj personaliziranih planova liječenja prilagođenih posebnim potrebama svakog klijenta.
 * Provođenje terapijskih sesija radi poboljšanja jasnoće govora, jezičnih vještina i komunikacijskih sposobnosti.
 * Suradnja s drugim stručnjacima u zdravstvu, educatorima i obiteljima kako bi se podržao cjelokupni razvoj klijenata.
 * Uporaba dokazanih postupaka i terapijskih tehnika za poboljšanje ishoda klijenata.
 * Praćenje i dokumentiranje napretka klijenata te prilagođavanje planova liječenja prema potrebi.
 * Pružanje uputa i podrške obiteljima u vezi komunikacijskih strategija i resursa.
 * Edukacija klijenata i njihovih obitelji o poremećajima govora i jezika te procesu terapije.
 * Sudjelovanje u edukaciji i stručnom razvoju kako bi se osigurala stalna sučasnica s najboljim praksama u području.
 * Održavanje povjerenja i pridržavanje profesionalnih etičkih standarda u svim aspektima prakse.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Kirurg</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i indikacija kirurških zahvata.
+Izvođenje operativnih zahvata.
+Skrb o pacijentu prije i nakon operacije.
+Procjena operativnog rizika i informiranje pacijenta.
+Praćenje cijeljenja rana i sprječavanje komplikacija.
+Suradnja s anesteziologijom i drugim specijalnostima.
+Kontrola rezultata i planiranje daljnjeg liječenja.
+Vođenje kirurške dokumentacije.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Veterinar</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t xml:space="preserve">* Pregledavanje životinja i postavljanje dijagnoza. 
 * Pregledavanje i uklanjanje bolesnog tkiva.
 * Pripisivanje i dozirtanje lijekova.
 * Obavljanje operacija. 
 * Cijepljenje životinja. 
 * Sterilizacija životinja.
 * Eutanaziranje životinja.
@@ -11141,51 +11673,51 @@
   <si>
     <t>Advisor</t>
   </si>
   <si>
     <t>Savjetnik</t>
   </si>
   <si>
     <t>* Providing expert advice and guidance on public administration policies and procedures.
 * Analyzing and interpreting legislation, regulations, and local government policies to ensure compliance.
 * Assisting in the development and implementation of strategic initiatives to improve public services.
 * Collaborating with various stakeholders, including government officials, community organizations, and the public.
 * Conducting research and preparing reports on public administration issues and trends.
 * Organizing and facilitating meetings, workshops, and training sessions for staff and stakeholders.
 * Monitoring and evaluating the effectiveness of public programs and services.
 * Preparing and presenting recommendations to senior management and decision-makers.
 * Supporting the development of communication strategies to enhance public engagement and awareness.
 * Staying informed about changes in public administration practices and policies at local, national, and international levels.</t>
   </si>
   <si>
     <t>* Pružanje stručnih savjeta i uputa o politikama i postupcima javne uprave.
 * Analiza i tumačenje zakonodavstva, propisa i politika lokalne uprave kako bi se osigurala usklađenost.
 * Sudjelovanje u razvoju i provedbi strateških inicijativa za poboljšanje javnih usluga.
 * Suradnja s različitim dionicima, uključujući vladine službenike, organizacije zajednice i javnost.
 * Provođenje istraživanja i izrada izvještaja o pitanjima i trendovima javne uprave.
 * Organiziranje i vođenje sastanaka, radionica i edukativnih sesija za osoblje i dionike.
-* Praćenje i оценjivanje učinkovitosti javnih programa i usluga.
+* Praćenje i ocjenjivanje učinkovitosti javnih programa i usluga.
 * Izrada i prezentiranje preporuka visokom rukovodstvu i donositeljima odluka.
 * Podržavanje razvoja komunikacijskih strategija za poboljšanje javnog angažmana i svijesti.
 * Redovito informiranje o promjenama u praksama i politikama javne uprave na lokalnoj, nacionalnoj i međunarodnoj razini.</t>
   </si>
   <si>
     <t>Chief Advisor</t>
   </si>
   <si>
     <t>Glavni savjetnik</t>
   </si>
   <si>
     <t>* Providing strategic advice and guidance to senior management on policy and operational matters.
 * Analyzing and interpreting complex data to inform decision-making processes.
 * Coordinating the development and implementation of public administration initiatives and projects.
 * Collaborating with various stakeholders, including government agencies and community organizations, to enhance service delivery.
 * Preparing detailed reports and presentations for executive meetings and public forums.
 * Ensuring compliance with relevant laws, regulations, and policies in public administration.
 * Conducting research on best practices and emerging trends in public policy and administration.
 * Facilitating training and development programs for staff to improve organizational effectiveness.
 * Representing the organization at conferences, meetings, and other public events.
 * Managing special projects and initiatives as assigned by senior leadership to support organizational goals.</t>
   </si>
   <si>
     <t>* Pružati strateške savjete i vodstvo višem rukovodstvu u pitanjima politike i operativnog djelovanja.
 * Analizirati i tumačiti kompleksne podatke kako bi se poduprli procesi donošenja odluka.
@@ -11861,50 +12393,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Pomaže obiteljima u planiranju i organiziranju pogrebnih usluga na suosjećajan i poštovan način.
 * Pruža upute o pogrebnim dogovorima, uključujući izbor lijesa, prijevoz i usluge u spomen na preminulog.
 * Koordinira s različitim pružateljima usluga, kao što su groblja, krematoriji i cvjećarnice.
 * Priprema i podnosi nužne pravne dokumente, kao što su potvrde o smrti i dozvole.
 * Osigurava odgovarajuću brigu i pripremu pokojnika, uključujući balzamiranje i uređivanje pokojnika.
 * Upravlja logistikom za pogrebnu uslugu, uključujući uređivanje mjesta održavanja i nadzor nad tijekom usluge.
 * Pruža emocionalnu podršku i savjetovanje tugom pogođenim obiteljima tijekom procesa planiranja.
 * Održava čisto i poštovano okruženje u pogrebnoj kući i povezanim objektima.
 * Pridržava se propisa o zdravlju i sigurnosti te etičke standarde u svim aspektima posla.
 * Sudjeluje u kontinuiranom profesionalnom razvoju i obuci kako bi ostao aktualan s industrijskim praksama i propisima.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Operater igraonice / kasina</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Usluživanje gostiju u igraonici ili kasinu.
+Nadzor rada igraćih uređaja.
+Pružanje informacija o igrama i pravilima.
+Rješavanje osnovnih tehničkih i operativnih poteškoća.
+Provjera dobi i identiteta igrača.
+Poštivanje internih i zakonskih propisa.
+Održavanje čistoće i reda u prostoru.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Vrtlar</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Briga za cvjetnjake, travnjake, drveće i grmlje u vrtovima, voćnjacima i javnim parkovima.
 * Okopvanje i gnojenje tla, čupanje korova.
 * Sadnja i navodnjavanje ukrasnih biljaka, grmova, stabala i živica.
 * Sijanje, zalijevanje i košenje travnjaka.
 * Zaštita vegetacije od štetočina i bolesti korištenjem kemijskih tvari.
 * Žetva i skladištenje voća i povrća.
 * Popravak vrtnog alata.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -12030,50 +12586,74 @@
 * Keeping accurate records of maintenance activities and repairs performed.
 * Ensuring compliance with safety regulations and industry standards during all service operations.
 * Responding to emergency service calls and resolving issues in a timely manner.
 * Maintaining inventory of spare parts and tools necessary for service tasks.
 * Communicating effectively with clients to understand their needs and provide exceptional service.
 * Staying updated with the latest industry trends, technologies, and best practices.</t>
   </si>
   <si>
     <t>* Instalacija, održavanje i popravak opreme i strojeva u različitim industrijskim postavama.
 * Dijagnosticiranje mehaničkih i električnih kvarova te provođenje učinkovitih rješenja.
 * Provođenje redovitih pregleda i preventivnog održavanja kako bi se osigurala optimalna učinkovitost.
 * Suradnja s inženjerskim i proizvodnim timovima kako bi se poboljšala učinkovitost opreme.
 * Pružanje tehničke podrške i obuke operatorima i osoblju o upotrebi opreme i postupcima sigurnosti.
 * Vođenje točnih zapisa o aktivnostima održavanja i obavljenim popravcima.
 * Osiguravanje sukladnosti s propisima sigurnosti i industrijskim standardima tijekom svih servisnih operacija.
 * Reagiranje na pozive hitne službe i rješavanje problema u razumnom roku.
 * Vođenje inventara rezervnih dijelova i alata potrebnih za servisne zadatke.
 * Učinkovita komunikacija s klijentima kako bi se razumjeli njihovi Potrebe i pružila izvanredna usluga.
 * Praćenje najnovijih industrijskih trendova, tehnologija i najboljih praksi.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Tehnologija i razvoj</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Serviser igraćih uređaja</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Instalacija, podešavanje i servis igraćih automata i uređaja.
+Dijagnostika i otklanjanje tehničkih kvarova.
+Redovito održavanje automata.
+Osiguravanje tehničke sigurnosti i funkcionalnosti.
+Dokumentiranje intervencija i prijava kvarova.
+Suradnja s operativnim menadžerima.
+Testiranje novih uređaja i komponenti.</t>
   </si>
   <si>
     <t>Geographic Information Systems Engineer</t>
   </si>
   <si>
     <t>Inženjer geografskih informacijskih sustava</t>
   </si>
   <si>
     <t>* Develop and maintain Geographic Information Systems (GIS) applications and tools to support spatial data analysis and visualization.
 * Collaborate with cross-functional teams to gather requirements and translate them into technical specifications for GIS projects.
 * Conduct spatial data collection, processing, and analysis to support decision-making processes in various sectors.
 * Ensure the accuracy and integrity of GIS data through regular audits and updates.
 * Create and maintain detailed documentation of GIS processes, methodologies, and data sources.
 * Provide technical support and training to end-users on GIS software and tools.
 * Stay updated on the latest GIS technologies and trends to enhance system capabilities and performance.
 * Assist in the development of GIS-based solutions for urban planning, environmental management, and resource allocation.
 * Participate in project planning and execution, ensuring timely delivery of GIS projects within budget constraints.
 * Communicate effectively with stakeholders to present findings and recommendations based on spatial analysis.</t>
   </si>
   <si>
     <t>* Razvijajte i održavajte aplikacije i alate sustava za upravljanje zemljopisnim informacijama (GIS) kako bi podržali analizu i vizualizaciju prostornih podataka.
 * Suradujte s višefunkcionalnim timovima kako bi prikupili zahtjeve i preveli ih u tehničke specifikacije za GIS projekte.
 * Provodite prikupljanje, obradu i analizu prostornih podataka kako bi podržali procese odlučivanja u različitim sektorima.
 * Osigurajte točnost i integritet GIS podataka kroz redovite revizije i ažuriranja.
 * Kreirajte i održavajte detaljnu dokumentaciju o GIS procesima, metodologijama i izvorima podataka.
@@ -15419,88 +15999,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F643"/>
+  <dimension ref="A1:F666"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F643"/>
+      <selection activeCell="E6" sqref="E6:F666"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>638</v>
+        <v>661</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -16441,11846 +17021,12306 @@
         <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>134</v>
       </c>
       <c r="B53" t="s">
         <v>135</v>
       </c>
       <c r="C53" t="s">
         <v>204</v>
       </c>
       <c r="D53" t="s">
         <v>205</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>134</v>
+      </c>
+      <c r="B54" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" t="s">
         <v>208</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>209</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" s="2" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B55" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C55" t="s">
         <v>214</v>
       </c>
       <c r="D55" t="s">
         <v>215</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B56" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C56" t="s">
         <v>218</v>
       </c>
       <c r="D56" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B57" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C57" t="s">
         <v>222</v>
       </c>
       <c r="D57" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B58" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C58" t="s">
         <v>226</v>
       </c>
       <c r="D58" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B59" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C59" t="s">
         <v>230</v>
       </c>
       <c r="D59" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B60" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C60" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D60" t="s">
         <v>234</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B61" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C61" t="s">
         <v>237</v>
       </c>
       <c r="D61" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B62" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C62" t="s">
         <v>241</v>
       </c>
       <c r="D62" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C63" t="s">
         <v>245</v>
       </c>
       <c r="D63" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B64" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C64" t="s">
         <v>249</v>
       </c>
       <c r="D64" t="s">
         <v>250</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B65" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C65" t="s">
         <v>253</v>
       </c>
       <c r="D65" t="s">
         <v>254</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B66" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C66" t="s">
         <v>257</v>
       </c>
       <c r="D66" t="s">
         <v>258</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B67" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C67" t="s">
         <v>261</v>
       </c>
       <c r="D67" t="s">
         <v>262</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B68" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C68" t="s">
         <v>265</v>
       </c>
       <c r="D68" t="s">
         <v>266</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B69" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C69" t="s">
         <v>269</v>
       </c>
       <c r="D69" t="s">
         <v>270</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>271</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
+        <v>212</v>
+      </c>
+      <c r="B70" t="s">
+        <v>213</v>
+      </c>
+      <c r="C70" t="s">
         <v>273</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
         <v>274</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" s="2" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B71" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C71" t="s">
         <v>279</v>
       </c>
       <c r="D71" t="s">
         <v>280</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B72" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C72" t="s">
         <v>283</v>
       </c>
       <c r="D72" t="s">
         <v>284</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B73" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C73" t="s">
         <v>287</v>
       </c>
       <c r="D73" t="s">
         <v>288</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B74" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C74" t="s">
         <v>291</v>
       </c>
       <c r="D74" t="s">
         <v>292</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B75" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C75" t="s">
         <v>295</v>
       </c>
       <c r="D75" t="s">
         <v>296</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B76" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C76" t="s">
         <v>299</v>
       </c>
       <c r="D76" t="s">
         <v>300</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>301</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B77" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C77" t="s">
         <v>303</v>
       </c>
       <c r="D77" t="s">
         <v>304</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>305</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B78" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C78" t="s">
         <v>307</v>
       </c>
       <c r="D78" t="s">
         <v>308</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B79" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C79" t="s">
         <v>311</v>
       </c>
       <c r="D79" t="s">
         <v>312</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
+        <v>277</v>
+      </c>
+      <c r="B80" t="s">
+        <v>278</v>
+      </c>
+      <c r="C80" t="s">
         <v>315</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>316</v>
       </c>
-      <c r="C80" t="s">
+      <c r="E80" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="D80" t="s">
+      <c r="F80" s="2" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>315</v>
+        <v>277</v>
       </c>
       <c r="B81" t="s">
-        <v>316</v>
+        <v>278</v>
       </c>
       <c r="C81" t="s">
+        <v>319</v>
+      </c>
+      <c r="D81" t="s">
+        <v>320</v>
+      </c>
+      <c r="E81" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" s="2" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="B82" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="C82" t="s">
         <v>325</v>
       </c>
       <c r="D82" t="s">
         <v>326</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
+        <v>323</v>
+      </c>
+      <c r="B83" t="s">
+        <v>324</v>
+      </c>
+      <c r="C83" t="s">
         <v>329</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>330</v>
       </c>
-      <c r="C83" t="s">
+      <c r="E83" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" s="2" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B84" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C84" t="s">
+        <v>333</v>
+      </c>
+      <c r="D84" t="s">
+        <v>334</v>
+      </c>
+      <c r="E84" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="D84" t="s">
+      <c r="F84" s="2" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B85" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C85" t="s">
         <v>339</v>
       </c>
       <c r="D85" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B86" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C86" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D86" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B87" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C87" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D87" t="s">
         <v>347</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B88" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C88" t="s">
         <v>350</v>
       </c>
       <c r="D88" t="s">
         <v>351</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B89" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C89" t="s">
         <v>354</v>
       </c>
       <c r="D89" t="s">
         <v>355</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B90" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C90" t="s">
         <v>358</v>
       </c>
       <c r="D90" t="s">
         <v>359</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B91" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C91" t="s">
         <v>362</v>
       </c>
       <c r="D91" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B92" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C92" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D92" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B93" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C93" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D93" t="s">
         <v>370</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B94" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C94" t="s">
         <v>373</v>
       </c>
       <c r="D94" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B95" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C95" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D95" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B96" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C96" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D96" t="s">
         <v>381</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B97" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C97" t="s">
         <v>384</v>
       </c>
       <c r="D97" t="s">
         <v>385</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>386</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B98" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C98" t="s">
         <v>388</v>
       </c>
       <c r="D98" t="s">
         <v>389</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B99" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C99" t="s">
         <v>392</v>
       </c>
       <c r="D99" t="s">
-        <v>254</v>
+        <v>393</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B100" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C100" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D100" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B101" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C101" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D101" t="s">
-        <v>400</v>
+        <v>258</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B102" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C102" t="s">
         <v>403</v>
       </c>
       <c r="D102" t="s">
         <v>404</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B103" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C103" t="s">
         <v>407</v>
       </c>
       <c r="D103" t="s">
         <v>408</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B104" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C104" t="s">
         <v>411</v>
       </c>
       <c r="D104" t="s">
         <v>412</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B105" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C105" t="s">
         <v>415</v>
       </c>
       <c r="D105" t="s">
         <v>416</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B106" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C106" t="s">
         <v>419</v>
       </c>
       <c r="D106" t="s">
         <v>420</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B107" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C107" t="s">
         <v>423</v>
       </c>
       <c r="D107" t="s">
         <v>424</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B108" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C108" t="s">
         <v>427</v>
       </c>
       <c r="D108" t="s">
         <v>428</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B109" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C109" t="s">
         <v>431</v>
       </c>
       <c r="D109" t="s">
         <v>432</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B110" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C110" t="s">
         <v>435</v>
       </c>
       <c r="D110" t="s">
         <v>436</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B111" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C111" t="s">
         <v>439</v>
       </c>
       <c r="D111" t="s">
         <v>440</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B112" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C112" t="s">
         <v>443</v>
       </c>
       <c r="D112" t="s">
         <v>444</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B113" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="C113" t="s">
         <v>447</v>
       </c>
       <c r="D113" t="s">
         <v>448</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>337</v>
+      </c>
+      <c r="B114" t="s">
+        <v>338</v>
+      </c>
+      <c r="C114" t="s">
         <v>451</v>
       </c>
-      <c r="B114" t="s">
+      <c r="D114" t="s">
         <v>452</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" s="2" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>451</v>
+        <v>337</v>
       </c>
       <c r="B115" t="s">
-        <v>452</v>
+        <v>338</v>
       </c>
       <c r="C115" t="s">
+        <v>455</v>
+      </c>
+      <c r="D115" t="s">
+        <v>456</v>
+      </c>
+      <c r="E115" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" s="2" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B116" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C116" t="s">
         <v>461</v>
       </c>
       <c r="D116" t="s">
         <v>462</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B117" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C117" t="s">
         <v>465</v>
       </c>
       <c r="D117" t="s">
         <v>466</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B118" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C118" t="s">
         <v>469</v>
       </c>
       <c r="D118" t="s">
         <v>470</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B119" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C119" t="s">
         <v>473</v>
       </c>
       <c r="D119" t="s">
         <v>474</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>475</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B120" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C120" t="s">
         <v>477</v>
       </c>
       <c r="D120" t="s">
         <v>478</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B121" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C121" t="s">
         <v>481</v>
       </c>
       <c r="D121" t="s">
         <v>482</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B122" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C122" t="s">
         <v>485</v>
       </c>
       <c r="D122" t="s">
         <v>486</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>487</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B123" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C123" t="s">
         <v>489</v>
       </c>
       <c r="D123" t="s">
         <v>490</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B124" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C124" t="s">
         <v>493</v>
       </c>
       <c r="D124" t="s">
         <v>494</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B125" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C125" t="s">
-        <v>287</v>
+        <v>497</v>
       </c>
       <c r="D125" t="s">
-        <v>288</v>
+        <v>498</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B126" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C126" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D126" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B127" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C127" t="s">
-        <v>503</v>
+        <v>291</v>
       </c>
       <c r="D127" t="s">
-        <v>504</v>
+        <v>292</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B128" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C128" t="s">
         <v>507</v>
       </c>
       <c r="D128" t="s">
         <v>508</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B129" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C129" t="s">
         <v>511</v>
       </c>
       <c r="D129" t="s">
         <v>512</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B130" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C130" t="s">
         <v>515</v>
       </c>
       <c r="D130" t="s">
         <v>516</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B131" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C131" t="s">
         <v>519</v>
       </c>
       <c r="D131" t="s">
         <v>520</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B132" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C132" t="s">
         <v>523</v>
       </c>
       <c r="D132" t="s">
         <v>524</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>525</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B133" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C133" t="s">
         <v>527</v>
       </c>
       <c r="D133" t="s">
         <v>528</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>529</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B134" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C134" t="s">
         <v>531</v>
       </c>
       <c r="D134" t="s">
         <v>532</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>533</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B135" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C135" t="s">
         <v>535</v>
       </c>
       <c r="D135" t="s">
         <v>536</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>537</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B136" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C136" t="s">
         <v>539</v>
       </c>
       <c r="D136" t="s">
         <v>540</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>541</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B137" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C137" t="s">
         <v>543</v>
       </c>
       <c r="D137" t="s">
         <v>544</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>545</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B138" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C138" t="s">
         <v>547</v>
       </c>
       <c r="D138" t="s">
         <v>548</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>549</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B139" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C139" t="s">
         <v>551</v>
       </c>
       <c r="D139" t="s">
         <v>552</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B140" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C140" t="s">
         <v>555</v>
       </c>
       <c r="D140" t="s">
         <v>556</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>557</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B141" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C141" t="s">
         <v>559</v>
       </c>
       <c r="D141" t="s">
         <v>560</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B142" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C142" t="s">
         <v>563</v>
       </c>
       <c r="D142" t="s">
         <v>564</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>565</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B143" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C143" t="s">
         <v>567</v>
       </c>
       <c r="D143" t="s">
         <v>568</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>569</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B144" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C144" t="s">
         <v>571</v>
       </c>
       <c r="D144" t="s">
         <v>572</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>573</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B145" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C145" t="s">
         <v>575</v>
       </c>
       <c r="D145" t="s">
         <v>576</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>577</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B146" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C146" t="s">
         <v>579</v>
       </c>
       <c r="D146" t="s">
         <v>580</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>581</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B147" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C147" t="s">
         <v>583</v>
       </c>
       <c r="D147" t="s">
         <v>584</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
+        <v>459</v>
+      </c>
+      <c r="B148" t="s">
+        <v>460</v>
+      </c>
+      <c r="C148" t="s">
         <v>587</v>
       </c>
-      <c r="B148" t="s">
+      <c r="D148" t="s">
         <v>588</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="D148" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="2" t="s">
+      <c r="F148" s="2" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>587</v>
+        <v>459</v>
       </c>
       <c r="B149" t="s">
-        <v>588</v>
+        <v>460</v>
       </c>
       <c r="C149" t="s">
+        <v>591</v>
+      </c>
+      <c r="D149" t="s">
         <v>592</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="F149" s="2" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B150" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C150" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D150" t="s">
         <v>597</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>598</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B151" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C151" t="s">
         <v>600</v>
       </c>
       <c r="D151" t="s">
         <v>601</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>602</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B152" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C152" t="s">
         <v>604</v>
       </c>
       <c r="D152" t="s">
         <v>605</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>606</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B153" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C153" t="s">
         <v>608</v>
       </c>
       <c r="D153" t="s">
         <v>609</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>610</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
+        <v>595</v>
+      </c>
+      <c r="B154" t="s">
+        <v>596</v>
+      </c>
+      <c r="C154" t="s">
         <v>612</v>
       </c>
-      <c r="B154" t="s">
+      <c r="D154" t="s">
         <v>613</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" s="2" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>612</v>
+        <v>595</v>
       </c>
       <c r="B155" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="C155" t="s">
+        <v>616</v>
+      </c>
+      <c r="D155" t="s">
+        <v>617</v>
+      </c>
+      <c r="E155" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" s="2" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B156" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C156" t="s">
         <v>622</v>
       </c>
       <c r="D156" t="s">
         <v>623</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>624</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B157" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C157" t="s">
         <v>626</v>
       </c>
       <c r="D157" t="s">
         <v>627</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>628</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B158" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C158" t="s">
         <v>630</v>
       </c>
       <c r="D158" t="s">
         <v>631</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>632</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B159" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C159" t="s">
         <v>634</v>
       </c>
       <c r="D159" t="s">
         <v>635</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>636</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B160" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C160" t="s">
         <v>638</v>
       </c>
       <c r="D160" t="s">
         <v>639</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>640</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B161" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C161" t="s">
         <v>642</v>
       </c>
       <c r="D161" t="s">
         <v>643</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B162" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C162" t="s">
         <v>646</v>
       </c>
       <c r="D162" t="s">
         <v>647</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B163" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C163" t="s">
         <v>650</v>
       </c>
       <c r="D163" t="s">
         <v>651</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B164" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C164" t="s">
         <v>654</v>
       </c>
       <c r="D164" t="s">
         <v>655</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>656</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B165" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C165" t="s">
         <v>658</v>
       </c>
       <c r="D165" t="s">
         <v>659</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>660</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B166" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C166" t="s">
         <v>662</v>
       </c>
       <c r="D166" t="s">
         <v>663</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B167" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C167" t="s">
         <v>666</v>
       </c>
       <c r="D167" t="s">
         <v>667</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>668</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B168" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C168" t="s">
         <v>670</v>
       </c>
       <c r="D168" t="s">
         <v>671</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>672</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B169" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C169" t="s">
         <v>674</v>
       </c>
       <c r="D169" t="s">
         <v>675</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>676</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B170" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C170" t="s">
         <v>678</v>
       </c>
       <c r="D170" t="s">
         <v>679</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>680</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B171" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C171" t="s">
         <v>682</v>
       </c>
       <c r="D171" t="s">
         <v>683</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>684</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B172" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C172" t="s">
         <v>686</v>
       </c>
       <c r="D172" t="s">
         <v>687</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>688</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B173" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C173" t="s">
         <v>690</v>
       </c>
       <c r="D173" t="s">
         <v>691</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>692</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B174" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C174" t="s">
         <v>694</v>
       </c>
       <c r="D174" t="s">
         <v>695</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>696</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B175" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C175" t="s">
         <v>698</v>
       </c>
       <c r="D175" t="s">
         <v>699</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>700</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B176" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C176" t="s">
         <v>702</v>
       </c>
       <c r="D176" t="s">
         <v>703</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>704</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B177" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C177" t="s">
         <v>706</v>
       </c>
       <c r="D177" t="s">
         <v>707</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>708</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B178" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C178" t="s">
         <v>710</v>
       </c>
       <c r="D178" t="s">
         <v>711</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>712</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B179" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C179" t="s">
         <v>714</v>
       </c>
       <c r="D179" t="s">
         <v>715</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>716</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B180" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C180" t="s">
         <v>718</v>
       </c>
       <c r="D180" t="s">
         <v>719</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>720</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B181" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C181" t="s">
         <v>722</v>
       </c>
       <c r="D181" t="s">
         <v>723</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>724</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B182" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C182" t="s">
         <v>726</v>
       </c>
       <c r="D182" t="s">
         <v>727</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>728</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B183" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C183" t="s">
         <v>730</v>
       </c>
       <c r="D183" t="s">
         <v>731</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B184" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C184" t="s">
         <v>734</v>
       </c>
       <c r="D184" t="s">
         <v>735</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B185" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C185" t="s">
         <v>738</v>
       </c>
       <c r="D185" t="s">
         <v>739</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
+        <v>620</v>
+      </c>
+      <c r="B186" t="s">
+        <v>621</v>
+      </c>
+      <c r="C186" t="s">
         <v>742</v>
       </c>
-      <c r="B186" t="s">
+      <c r="D186" t="s">
         <v>743</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" s="2" t="s">
         <v>744</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186" s="2" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>742</v>
+        <v>620</v>
       </c>
       <c r="B187" t="s">
-        <v>743</v>
+        <v>621</v>
       </c>
       <c r="C187" t="s">
+        <v>746</v>
+      </c>
+      <c r="D187" t="s">
+        <v>747</v>
+      </c>
+      <c r="E187" s="2" t="s">
         <v>748</v>
       </c>
-      <c r="D187" t="s">
+      <c r="F187" s="2" t="s">
         <v>749</v>
-      </c>
-[...4 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B188" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C188" t="s">
         <v>752</v>
       </c>
       <c r="D188" t="s">
         <v>753</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>754</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B189" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C189" t="s">
         <v>756</v>
       </c>
       <c r="D189" t="s">
         <v>757</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>758</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B190" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C190" t="s">
         <v>760</v>
       </c>
       <c r="D190" t="s">
         <v>761</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>762</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B191" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C191" t="s">
         <v>764</v>
       </c>
       <c r="D191" t="s">
         <v>765</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>766</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B192" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C192" t="s">
         <v>768</v>
       </c>
       <c r="D192" t="s">
         <v>769</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>770</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B193" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C193" t="s">
         <v>772</v>
       </c>
       <c r="D193" t="s">
         <v>773</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>774</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B194" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C194" t="s">
         <v>776</v>
       </c>
       <c r="D194" t="s">
         <v>777</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>778</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B195" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C195" t="s">
         <v>780</v>
       </c>
       <c r="D195" t="s">
         <v>781</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>782</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B196" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C196" t="s">
         <v>784</v>
       </c>
       <c r="D196" t="s">
         <v>785</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>786</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B197" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C197" t="s">
         <v>788</v>
       </c>
       <c r="D197" t="s">
         <v>789</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>790</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B198" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C198" t="s">
         <v>792</v>
       </c>
       <c r="D198" t="s">
         <v>793</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>794</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B199" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C199" t="s">
         <v>796</v>
       </c>
       <c r="D199" t="s">
         <v>797</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>798</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B200" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C200" t="s">
         <v>800</v>
       </c>
       <c r="D200" t="s">
         <v>801</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>802</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B201" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C201" t="s">
         <v>804</v>
       </c>
       <c r="D201" t="s">
         <v>805</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>806</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B202" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C202" t="s">
         <v>808</v>
       </c>
       <c r="D202" t="s">
         <v>809</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>810</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B203" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C203" t="s">
         <v>812</v>
       </c>
       <c r="D203" t="s">
         <v>813</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>814</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B204" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C204" t="s">
         <v>816</v>
       </c>
       <c r="D204" t="s">
         <v>817</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>818</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B205" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C205" t="s">
         <v>820</v>
       </c>
       <c r="D205" t="s">
         <v>821</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B206" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C206" t="s">
         <v>824</v>
       </c>
       <c r="D206" t="s">
         <v>825</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>826</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B207" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C207" t="s">
         <v>828</v>
       </c>
       <c r="D207" t="s">
         <v>829</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>830</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B208" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="C208" t="s">
         <v>832</v>
       </c>
       <c r="D208" t="s">
         <v>833</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>835</v>
+        <v>750</v>
       </c>
       <c r="B209" t="s">
+        <v>751</v>
+      </c>
+      <c r="C209" t="s">
         <v>836</v>
       </c>
-      <c r="C209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209" t="s">
-        <v>288</v>
+        <v>837</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>835</v>
+        <v>750</v>
       </c>
       <c r="B210" t="s">
-        <v>836</v>
+        <v>751</v>
       </c>
       <c r="C210" t="s">
-        <v>499</v>
+        <v>840</v>
       </c>
       <c r="D210" t="s">
-        <v>500</v>
+        <v>841</v>
       </c>
       <c r="E210" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="F210" s="2" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B211" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C211" t="s">
-        <v>841</v>
+        <v>291</v>
       </c>
       <c r="D211" t="s">
-        <v>842</v>
+        <v>292</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B212" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C212" t="s">
-        <v>845</v>
+        <v>507</v>
       </c>
       <c r="D212" t="s">
-        <v>846</v>
+        <v>508</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>847</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B213" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C213" t="s">
         <v>849</v>
       </c>
       <c r="D213" t="s">
         <v>850</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>851</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B214" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C214" t="s">
         <v>853</v>
       </c>
       <c r="D214" t="s">
         <v>854</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>855</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B215" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C215" t="s">
         <v>857</v>
       </c>
       <c r="D215" t="s">
         <v>858</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>859</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B216" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C216" t="s">
         <v>861</v>
       </c>
       <c r="D216" t="s">
         <v>862</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>863</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B217" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C217" t="s">
         <v>865</v>
       </c>
       <c r="D217" t="s">
         <v>866</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>867</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B218" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C218" t="s">
         <v>869</v>
       </c>
       <c r="D218" t="s">
         <v>870</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B219" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C219" t="s">
         <v>873</v>
       </c>
       <c r="D219" t="s">
         <v>874</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>875</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B220" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C220" t="s">
-        <v>295</v>
+        <v>877</v>
       </c>
       <c r="D220" t="s">
-        <v>296</v>
+        <v>878</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>297</v>
+        <v>879</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B221" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C221" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="D221" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="B222" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="C222" t="s">
-        <v>882</v>
+        <v>303</v>
       </c>
       <c r="D222" t="s">
-        <v>883</v>
+        <v>304</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>884</v>
+        <v>305</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
+        <v>843</v>
+      </c>
+      <c r="B223" t="s">
+        <v>844</v>
+      </c>
+      <c r="C223" t="s">
         <v>886</v>
       </c>
-      <c r="B223" t="s">
+      <c r="D223" t="s">
         <v>887</v>
       </c>
-      <c r="C223" t="s">
+      <c r="E223" s="2" t="s">
         <v>888</v>
       </c>
-      <c r="D223" t="s">
+      <c r="F223" s="2" t="s">
         <v>889</v>
-      </c>
-[...4 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>886</v>
+        <v>843</v>
       </c>
       <c r="B224" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="C224" t="s">
+        <v>890</v>
+      </c>
+      <c r="D224" t="s">
+        <v>891</v>
+      </c>
+      <c r="E224" s="2" t="s">
         <v>892</v>
       </c>
-      <c r="D224" t="s">
+      <c r="F224" s="2" t="s">
         <v>893</v>
-      </c>
-[...4 lines deleted...]
-        <v>895</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B225" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C225" t="s">
         <v>896</v>
       </c>
       <c r="D225" t="s">
         <v>897</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>898</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B226" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C226" t="s">
         <v>900</v>
       </c>
       <c r="D226" t="s">
         <v>901</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B227" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C227" t="s">
         <v>904</v>
       </c>
       <c r="D227" t="s">
         <v>905</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>906</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B228" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C228" t="s">
         <v>908</v>
       </c>
       <c r="D228" t="s">
         <v>909</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>910</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
+        <v>894</v>
+      </c>
+      <c r="B229" t="s">
+        <v>895</v>
+      </c>
+      <c r="C229" t="s">
         <v>912</v>
       </c>
-      <c r="B229" t="s">
+      <c r="D229" t="s">
         <v>913</v>
       </c>
-      <c r="C229" t="s">
+      <c r="E229" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="D229" t="s">
+      <c r="F229" s="2" t="s">
         <v>915</v>
-      </c>
-[...4 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="B230" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
       <c r="C230" t="s">
+        <v>916</v>
+      </c>
+      <c r="D230" t="s">
+        <v>917</v>
+      </c>
+      <c r="E230" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="D230" t="s">
+      <c r="F230" s="2" t="s">
         <v>919</v>
-      </c>
-[...4 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B231" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C231" t="s">
         <v>922</v>
       </c>
       <c r="D231" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B232" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C232" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D232" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B233" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C233" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D233" t="s">
         <v>930</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>931</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B234" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C234" t="s">
         <v>933</v>
       </c>
       <c r="D234" t="s">
         <v>934</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>935</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B235" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C235" t="s">
         <v>937</v>
       </c>
       <c r="D235" t="s">
         <v>938</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>939</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="B236" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C236" t="s">
         <v>941</v>
       </c>
       <c r="D236" t="s">
         <v>942</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
+        <v>920</v>
+      </c>
+      <c r="B237" t="s">
+        <v>921</v>
+      </c>
+      <c r="C237" t="s">
         <v>945</v>
       </c>
-      <c r="B237" t="s">
+      <c r="D237" t="s">
         <v>946</v>
       </c>
-      <c r="C237" t="s">
+      <c r="E237" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="D237" t="s">
+      <c r="F237" s="2" t="s">
         <v>948</v>
-      </c>
-[...4 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>945</v>
+        <v>920</v>
       </c>
       <c r="B238" t="s">
-        <v>946</v>
+        <v>921</v>
       </c>
       <c r="C238" t="s">
+        <v>949</v>
+      </c>
+      <c r="D238" t="s">
+        <v>950</v>
+      </c>
+      <c r="E238" s="2" t="s">
         <v>951</v>
       </c>
-      <c r="D238" t="s">
+      <c r="F238" s="2" t="s">
         <v>952</v>
-      </c>
-[...4 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B239" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C239" t="s">
         <v>955</v>
       </c>
       <c r="D239" t="s">
         <v>956</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>957</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B240" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C240" t="s">
         <v>959</v>
       </c>
       <c r="D240" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B241" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C241" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D241" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B242" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C242" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D242" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B243" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C243" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="D243" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B244" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C244" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D244" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B245" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C245" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D245" t="s">
         <v>977</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>978</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B246" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C246" t="s">
         <v>980</v>
       </c>
       <c r="D246" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B247" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C247" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D247" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B248" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C248" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D248" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B249" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C249" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D249" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B250" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C250" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D250" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B251" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C251" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D251" t="s">
         <v>999</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B252" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C252" t="s">
         <v>1002</v>
       </c>
       <c r="D252" t="s">
         <v>1003</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B253" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C253" t="s">
         <v>1006</v>
       </c>
       <c r="D253" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B254" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C254" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D254" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B255" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C255" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="D255" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B256" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C256" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="D256" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B257" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C257" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D257" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B258" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C258" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D258" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B259" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C259" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="D259" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B260" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C260" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D260" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B261" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C261" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D261" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B262" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C262" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D262" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B263" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C263" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="D263" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B264" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C264" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="D264" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B265" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C265" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D265" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B266" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C266" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D266" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B267" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C267" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D267" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B268" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C268" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D268" t="s">
         <v>1059</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B269" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C269" t="s">
         <v>1062</v>
       </c>
       <c r="D269" t="s">
         <v>1063</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B270" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C270" t="s">
         <v>1066</v>
       </c>
       <c r="D270" t="s">
         <v>1067</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B271" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C271" t="s">
         <v>1070</v>
       </c>
       <c r="D271" t="s">
         <v>1071</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B272" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C272" t="s">
         <v>1074</v>
       </c>
       <c r="D272" t="s">
         <v>1075</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B273" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C273" t="s">
         <v>1078</v>
       </c>
       <c r="D273" t="s">
         <v>1079</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B274" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C274" t="s">
         <v>1082</v>
       </c>
       <c r="D274" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B275" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C275" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D275" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B276" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C276" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D276" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B277" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C277" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D277" t="s">
         <v>1094</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B278" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C278" t="s">
         <v>1097</v>
       </c>
       <c r="D278" t="s">
         <v>1098</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B279" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C279" t="s">
         <v>1101</v>
       </c>
       <c r="D279" t="s">
         <v>1102</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B280" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C280" t="s">
         <v>1105</v>
       </c>
       <c r="D280" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B281" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C281" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D281" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B282" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C282" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D282" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B283" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C283" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D283" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B284" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C284" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D284" t="s">
         <v>1121</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B285" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C285" t="s">
         <v>1124</v>
       </c>
       <c r="D285" t="s">
         <v>1125</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B286" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C286" t="s">
         <v>1128</v>
       </c>
       <c r="D286" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B287" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C287" t="s">
-        <v>878</v>
+        <v>1132</v>
       </c>
       <c r="D287" t="s">
-        <v>879</v>
+        <v>1133</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B288" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C288" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D288" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B289" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C289" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D289" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B290" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C290" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="D290" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B291" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C291" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="D291" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B292" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C292" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="D292" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B293" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C293" t="s">
-        <v>1153</v>
+        <v>886</v>
       </c>
       <c r="D293" t="s">
-        <v>1153</v>
+        <v>887</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B294" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C294" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D294" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B295" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C295" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D295" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B296" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C296" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D296" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B297" t="s">
+        <v>954</v>
+      </c>
+      <c r="C297" t="s">
         <v>1169</v>
       </c>
-      <c r="C297" t="s">
+      <c r="D297" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B298" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C298" t="s">
         <v>1173</v>
       </c>
       <c r="D298" t="s">
         <v>1174</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B299" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C299" t="s">
         <v>1177</v>
       </c>
       <c r="D299" t="s">
         <v>1178</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B300" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C300" t="s">
         <v>1181</v>
       </c>
       <c r="D300" t="s">
         <v>1182</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B301" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C301" t="s">
         <v>1185</v>
       </c>
       <c r="D301" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E301" s="2" t="s">
         <v>1186</v>
       </c>
-      <c r="E301" s="2" t="s">
+      <c r="F301" s="2" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B302" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C302" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D302" t="s">
         <v>1189</v>
       </c>
-      <c r="D302" t="s">
+      <c r="E302" s="2" t="s">
         <v>1190</v>
       </c>
-      <c r="E302" s="2" t="s">
+      <c r="F302" s="2" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B303" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C303" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D303" t="s">
         <v>1193</v>
       </c>
-      <c r="D303" t="s">
+      <c r="E303" s="2" t="s">
         <v>1194</v>
       </c>
-      <c r="E303" s="2" t="s">
+      <c r="F303" s="2" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1168</v>
+        <v>953</v>
       </c>
       <c r="B304" t="s">
-        <v>1169</v>
+        <v>954</v>
       </c>
       <c r="C304" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D304" t="s">
         <v>1197</v>
       </c>
-      <c r="D304" t="s">
+      <c r="E304" s="2" t="s">
         <v>1198</v>
       </c>
-      <c r="E304" s="2" t="s">
+      <c r="F304" s="2" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1168</v>
+        <v>1200</v>
       </c>
       <c r="B305" t="s">
-        <v>1169</v>
+        <v>1201</v>
       </c>
       <c r="C305" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D305" t="s">
-        <v>1202</v>
+        <v>651</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1168</v>
+        <v>1200</v>
       </c>
       <c r="B306" t="s">
-        <v>1169</v>
+        <v>1201</v>
       </c>
       <c r="C306" t="s">
         <v>1205</v>
       </c>
       <c r="D306" t="s">
         <v>1206</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1168</v>
+        <v>1200</v>
       </c>
       <c r="B307" t="s">
-        <v>1169</v>
+        <v>1201</v>
       </c>
       <c r="C307" t="s">
         <v>1209</v>
       </c>
       <c r="D307" t="s">
         <v>1210</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1168</v>
+        <v>1200</v>
       </c>
       <c r="B308" t="s">
-        <v>1169</v>
+        <v>1201</v>
       </c>
       <c r="C308" t="s">
         <v>1213</v>
       </c>
       <c r="D308" t="s">
         <v>1214</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C309" t="s">
         <v>1217</v>
       </c>
-      <c r="B309" t="s">
+      <c r="D309" t="s">
         <v>1218</v>
       </c>
-      <c r="C309" t="s">
+      <c r="E309" s="2" t="s">
         <v>1219</v>
       </c>
-      <c r="D309" t="s">
+      <c r="F309" s="2" t="s">
         <v>1220</v>
-      </c>
-[...4 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B310" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C310" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E310" s="2" t="s">
         <v>1223</v>
       </c>
-      <c r="D310" t="s">
+      <c r="F310" s="2" t="s">
         <v>1224</v>
-      </c>
-[...4 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B311" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C311" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E311" s="2" t="s">
         <v>1227</v>
       </c>
-      <c r="D311" t="s">
+      <c r="F311" s="2" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B312" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C312" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E312" s="2" t="s">
         <v>1231</v>
       </c>
-      <c r="D312" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="2" t="s">
+      <c r="F312" s="2" t="s">
         <v>1232</v>
-      </c>
-[...1 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B313" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C313" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D313" t="s">
         <v>1234</v>
       </c>
-      <c r="D313" t="s">
+      <c r="E313" s="2" t="s">
         <v>1235</v>
       </c>
-      <c r="E313" s="2" t="s">
+      <c r="F313" s="2" t="s">
         <v>1236</v>
-      </c>
-[...1 lines deleted...]
-        <v>1237</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B314" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C314" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D314" t="s">
         <v>1238</v>
       </c>
-      <c r="D314" t="s">
+      <c r="E314" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="E314" s="2" t="s">
+      <c r="F314" s="2" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B315" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C315" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D315" t="s">
         <v>1242</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" s="2" t="s">
         <v>1243</v>
       </c>
-      <c r="E315" s="2" t="s">
+      <c r="F315" s="2" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="B316" t="s">
-        <v>1218</v>
+        <v>1201</v>
       </c>
       <c r="C316" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D316" t="s">
         <v>1246</v>
       </c>
-      <c r="D316" t="s">
+      <c r="E316" s="2" t="s">
         <v>1247</v>
       </c>
-      <c r="E316" s="2" t="s">
+      <c r="F316" s="2" t="s">
         <v>1248</v>
-      </c>
-[...1 lines deleted...]
-        <v>1249</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B317" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C317" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D317" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B318" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C318" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D318" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B319" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C319" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="D319" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B320" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C320" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D320" t="s">
         <v>1263</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B321" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C321" t="s">
         <v>1266</v>
       </c>
       <c r="D321" t="s">
         <v>1267</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B322" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C322" t="s">
         <v>1270</v>
       </c>
       <c r="D322" t="s">
         <v>1271</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B323" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C323" t="s">
         <v>1274</v>
       </c>
       <c r="D323" t="s">
         <v>1275</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B324" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C324" t="s">
         <v>1278</v>
       </c>
       <c r="D324" t="s">
         <v>1279</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B325" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C325" t="s">
         <v>1282</v>
       </c>
       <c r="D325" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B326" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C326" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="D326" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B327" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C327" t="s">
-        <v>188</v>
+        <v>1290</v>
       </c>
       <c r="D327" t="s">
-        <v>189</v>
+        <v>1291</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B328" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C328" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="D328" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1217</v>
+        <v>1249</v>
       </c>
       <c r="B329" t="s">
-        <v>1218</v>
+        <v>1250</v>
       </c>
       <c r="C329" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="D329" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B330" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C330" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D330" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B331" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C331" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D331" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B332" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C332" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D332" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B333" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C333" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D333" t="s">
         <v>1314</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B334" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C334" t="s">
         <v>1317</v>
       </c>
       <c r="D334" t="s">
         <v>1318</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B335" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C335" t="s">
+        <v>192</v>
+      </c>
+      <c r="D335" t="s">
+        <v>193</v>
+      </c>
+      <c r="E335" s="2" t="s">
         <v>1321</v>
       </c>
-      <c r="D335" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="2" t="s">
+      <c r="F335" s="2" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B336" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C336" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D336" t="s">
         <v>1324</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" s="2" t="s">
         <v>1325</v>
       </c>
-      <c r="E336" s="2" t="s">
+      <c r="F336" s="2" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1299</v>
+        <v>1249</v>
       </c>
       <c r="B337" t="s">
-        <v>1300</v>
+        <v>1250</v>
       </c>
       <c r="C337" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D337" t="s">
         <v>1328</v>
       </c>
-      <c r="D337" t="s">
+      <c r="E337" s="2" t="s">
         <v>1329</v>
       </c>
-      <c r="E337" s="2" t="s">
+      <c r="F337" s="2" t="s">
         <v>1330</v>
-      </c>
-[...1 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="B338" t="s">
         <v>1332</v>
       </c>
       <c r="C338" t="s">
         <v>1333</v>
       </c>
       <c r="D338" t="s">
         <v>1334</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="B339" t="s">
         <v>1332</v>
       </c>
       <c r="C339" t="s">
         <v>1337</v>
       </c>
       <c r="D339" t="s">
         <v>1338</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="B340" t="s">
         <v>1332</v>
       </c>
       <c r="C340" t="s">
         <v>1341</v>
       </c>
       <c r="D340" t="s">
         <v>1342</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C341" t="s">
         <v>1345</v>
       </c>
-      <c r="B341" t="s">
+      <c r="D341" t="s">
         <v>1346</v>
       </c>
-      <c r="C341" t="s">
+      <c r="E341" s="2" t="s">
         <v>1347</v>
       </c>
-      <c r="D341" t="s">
+      <c r="F341" s="2" t="s">
         <v>1348</v>
-      </c>
-[...4 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1345</v>
+        <v>1331</v>
       </c>
       <c r="B342" t="s">
-        <v>1346</v>
+        <v>1332</v>
       </c>
       <c r="C342" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E342" s="2" t="s">
         <v>1351</v>
       </c>
-      <c r="D342" t="s">
+      <c r="F342" s="2" t="s">
         <v>1352</v>
-      </c>
-[...4 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1345</v>
+        <v>1331</v>
       </c>
       <c r="B343" t="s">
-        <v>1346</v>
+        <v>1332</v>
       </c>
       <c r="C343" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F343" s="2" t="s">
         <v>1355</v>
-      </c>
-[...7 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1345</v>
+        <v>1331</v>
       </c>
       <c r="B344" t="s">
-        <v>1346</v>
+        <v>1332</v>
       </c>
       <c r="C344" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F344" s="2" t="s">
         <v>1359</v>
-      </c>
-[...7 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1345</v>
+        <v>1331</v>
       </c>
       <c r="B345" t="s">
-        <v>1346</v>
+        <v>1332</v>
       </c>
       <c r="C345" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E345" s="2" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F345" s="2" t="s">
         <v>1363</v>
-      </c>
-[...7 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1345</v>
+        <v>1364</v>
       </c>
       <c r="B346" t="s">
-        <v>1346</v>
+        <v>1364</v>
       </c>
       <c r="C346" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D346" t="s">
         <v>1366</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" s="2" t="s">
         <v>1367</v>
       </c>
-      <c r="E346" s="2" t="s">
+      <c r="F346" s="2" t="s">
         <v>1368</v>
-      </c>
-[...1 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1345</v>
+        <v>1364</v>
       </c>
       <c r="B347" t="s">
-        <v>1346</v>
+        <v>1364</v>
       </c>
       <c r="C347" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D347" t="s">
         <v>1370</v>
       </c>
-      <c r="D347" t="s">
+      <c r="E347" s="2" t="s">
         <v>1371</v>
       </c>
-      <c r="E347" s="2" t="s">
+      <c r="F347" s="2" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1345</v>
+        <v>1364</v>
       </c>
       <c r="B348" t="s">
-        <v>1346</v>
+        <v>1364</v>
       </c>
       <c r="C348" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D348" t="s">
         <v>1374</v>
       </c>
-      <c r="D348" t="s">
+      <c r="E348" s="2" t="s">
         <v>1375</v>
       </c>
-      <c r="E348" s="2" t="s">
+      <c r="F348" s="2" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B349" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C349" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D349" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B350" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C350" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="D350" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B351" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C351" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D351" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B352" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C352" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D352" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B353" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C353" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D353" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B354" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C354" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D354" t="s">
         <v>1399</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>1400</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B355" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C355" t="s">
         <v>1402</v>
       </c>
       <c r="D355" t="s">
         <v>1403</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B356" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C356" t="s">
         <v>1406</v>
       </c>
       <c r="D356" t="s">
         <v>1407</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1408</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B357" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C357" t="s">
         <v>1410</v>
       </c>
       <c r="D357" t="s">
         <v>1411</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>1412</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B358" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C358" t="s">
         <v>1414</v>
       </c>
       <c r="D358" t="s">
         <v>1415</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B359" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C359" t="s">
         <v>1418</v>
       </c>
       <c r="D359" t="s">
         <v>1419</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1420</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B360" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C360" t="s">
         <v>1422</v>
       </c>
       <c r="D360" t="s">
         <v>1423</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1424</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B361" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C361" t="s">
         <v>1426</v>
       </c>
       <c r="D361" t="s">
         <v>1427</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B362" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C362" t="s">
         <v>1430</v>
       </c>
       <c r="D362" t="s">
         <v>1431</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>1432</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B363" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C363" t="s">
         <v>1434</v>
       </c>
       <c r="D363" t="s">
         <v>1435</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1436</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B364" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C364" t="s">
         <v>1438</v>
       </c>
       <c r="D364" t="s">
         <v>1439</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B365" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C365" t="s">
         <v>1442</v>
       </c>
       <c r="D365" t="s">
         <v>1443</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>1444</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B366" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C366" t="s">
         <v>1446</v>
       </c>
       <c r="D366" t="s">
         <v>1447</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1448</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B367" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C367" t="s">
         <v>1450</v>
       </c>
       <c r="D367" t="s">
         <v>1451</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B368" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C368" t="s">
         <v>1454</v>
       </c>
       <c r="D368" t="s">
         <v>1455</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B369" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C369" t="s">
         <v>1458</v>
       </c>
       <c r="D369" t="s">
         <v>1459</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B370" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C370" t="s">
         <v>1462</v>
       </c>
       <c r="D370" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B371" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C371" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D371" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1449</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B372" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C372" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="D372" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B373" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C373" t="s">
-        <v>543</v>
+        <v>1474</v>
       </c>
       <c r="D373" t="s">
-        <v>544</v>
+        <v>1475</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B374" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C374" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="D374" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B375" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C375" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="D375" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B376" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C376" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="D376" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B377" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C377" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="D377" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B378" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C378" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="D378" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B379" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C379" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="D379" t="s">
-        <v>262</v>
+        <v>1499</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B380" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C380" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="D380" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B381" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C381" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="D381" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B382" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C382" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="D382" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B383" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C383" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="D383" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1512</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B384" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C384" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="D384" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B385" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C385" t="s">
-        <v>1517</v>
+        <v>551</v>
       </c>
       <c r="D385" t="s">
-        <v>1518</v>
+        <v>552</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B386" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C386" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="D386" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B387" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C387" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="D387" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1345</v>
+        <v>1377</v>
       </c>
       <c r="B388" t="s">
-        <v>1346</v>
+        <v>1378</v>
       </c>
       <c r="C388" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="D388" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B389" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C389" t="s">
         <v>1534</v>
       </c>
-      <c r="C389" t="s">
+      <c r="D389" t="s">
         <v>1535</v>
       </c>
-      <c r="D389" t="s">
+      <c r="E389" s="2" t="s">
         <v>1536</v>
       </c>
-      <c r="E389" s="2" t="s">
+      <c r="F389" s="2" t="s">
         <v>1537</v>
-      </c>
-[...1 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B390" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C390" t="s">
-        <v>331</v>
+        <v>1538</v>
       </c>
       <c r="D390" t="s">
-        <v>332</v>
+        <v>1539</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B391" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C391" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D391" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B392" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C392" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D392" t="s">
-        <v>1545</v>
+        <v>266</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B393" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C393" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D393" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B394" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C394" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D394" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B395" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C395" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D395" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B396" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C396" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D396" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B397" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C397" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D397" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B398" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C398" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="D398" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B399" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C399" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D399" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B400" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C400" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="D400" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1533</v>
+        <v>1377</v>
       </c>
       <c r="B401" t="s">
-        <v>1534</v>
+        <v>1378</v>
       </c>
       <c r="C401" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D401" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1533</v>
+        <v>1585</v>
       </c>
       <c r="B402" t="s">
-        <v>1534</v>
+        <v>1586</v>
       </c>
       <c r="C402" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="D402" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1533</v>
+        <v>1585</v>
       </c>
       <c r="B403" t="s">
-        <v>1534</v>
+        <v>1586</v>
       </c>
       <c r="C403" t="s">
-        <v>392</v>
+        <v>339</v>
       </c>
       <c r="D403" t="s">
-        <v>254</v>
+        <v>340</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>393</v>
+        <v>1591</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>394</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1533</v>
+        <v>1585</v>
       </c>
       <c r="B404" t="s">
-        <v>1534</v>
+        <v>1586</v>
       </c>
       <c r="C404" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="D404" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1533</v>
+        <v>1585</v>
       </c>
       <c r="B405" t="s">
-        <v>1534</v>
+        <v>1586</v>
       </c>
       <c r="C405" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="D405" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B406" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C406" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="D406" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B407" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C407" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="D407" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B408" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C408" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="D408" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B409" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C409" t="s">
-        <v>287</v>
+        <v>1611</v>
       </c>
       <c r="D409" t="s">
-        <v>288</v>
+        <v>1612</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B410" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C410" t="s">
-        <v>499</v>
+        <v>1615</v>
       </c>
       <c r="D410" t="s">
-        <v>500</v>
+        <v>1616</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B411" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C411" t="s">
-        <v>511</v>
+        <v>1619</v>
       </c>
       <c r="D411" t="s">
-        <v>512</v>
+        <v>1620</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B412" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C412" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="D412" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B413" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C413" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="D413" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B414" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C414" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="D414" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B415" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C415" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="D415" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B416" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C416" t="s">
-        <v>1631</v>
+        <v>400</v>
       </c>
       <c r="D416" t="s">
-        <v>1632</v>
+        <v>258</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1633</v>
+        <v>401</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1634</v>
+        <v>402</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B417" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C417" t="s">
-        <v>295</v>
+        <v>1639</v>
       </c>
       <c r="D417" t="s">
-        <v>296</v>
+        <v>1640</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>297</v>
+        <v>1641</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
       <c r="B418" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="C418" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
       <c r="D418" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1595</v>
+        <v>1647</v>
       </c>
       <c r="B419" t="s">
-        <v>1596</v>
+        <v>1648</v>
       </c>
       <c r="C419" t="s">
-        <v>878</v>
+        <v>1649</v>
       </c>
       <c r="D419" t="s">
-        <v>879</v>
+        <v>1650</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1131</v>
+        <v>1651</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1640</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1595</v>
+        <v>1647</v>
       </c>
       <c r="B420" t="s">
-        <v>1596</v>
+        <v>1648</v>
       </c>
       <c r="C420" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="D420" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1644</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1595</v>
+        <v>1647</v>
       </c>
       <c r="B421" t="s">
-        <v>1596</v>
+        <v>1648</v>
       </c>
       <c r="C421" t="s">
-        <v>583</v>
+        <v>1657</v>
       </c>
       <c r="D421" t="s">
-        <v>584</v>
+        <v>1658</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>585</v>
+        <v>1659</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>586</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B422" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C422" t="s">
-        <v>1647</v>
+        <v>291</v>
       </c>
       <c r="D422" t="s">
-        <v>1648</v>
+        <v>292</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1649</v>
+        <v>1661</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1650</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B423" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C423" t="s">
-        <v>1651</v>
+        <v>507</v>
       </c>
       <c r="D423" t="s">
-        <v>1652</v>
+        <v>508</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1653</v>
+        <v>1663</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B424" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C424" t="s">
-        <v>1655</v>
+        <v>519</v>
       </c>
       <c r="D424" t="s">
-        <v>1656</v>
+        <v>520</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1657</v>
+        <v>1665</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1658</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B425" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C425" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="D425" t="s">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B426" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C426" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="D426" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B427" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C427" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
       <c r="D427" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B428" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C428" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="D428" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B429" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C429" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="D429" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B430" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C430" t="s">
-        <v>1679</v>
+        <v>303</v>
       </c>
       <c r="D430" t="s">
-        <v>1680</v>
+        <v>304</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1681</v>
+        <v>305</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B431" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C431" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="D431" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B432" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C432" t="s">
-        <v>1687</v>
+        <v>886</v>
       </c>
       <c r="D432" t="s">
-        <v>1688</v>
+        <v>887</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1689</v>
+        <v>1155</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B433" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C433" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="D433" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B434" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C434" t="s">
-        <v>1695</v>
+        <v>591</v>
       </c>
       <c r="D434" t="s">
-        <v>1696</v>
+        <v>592</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1697</v>
+        <v>593</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1698</v>
+        <v>594</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B435" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C435" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E435" s="2" t="s">
         <v>1699</v>
       </c>
-      <c r="D435" t="s">
+      <c r="F435" s="2" t="s">
         <v>1700</v>
-      </c>
-[...4 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B436" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C436" t="s">
         <v>1703</v>
       </c>
       <c r="D436" t="s">
         <v>1704</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B437" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C437" t="s">
         <v>1707</v>
       </c>
       <c r="D437" t="s">
         <v>1708</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>1709</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B438" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C438" t="s">
         <v>1711</v>
       </c>
       <c r="D438" t="s">
         <v>1712</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>1713</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B439" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C439" t="s">
         <v>1715</v>
       </c>
       <c r="D439" t="s">
         <v>1716</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>1718</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B440" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C440" t="s">
         <v>1719</v>
       </c>
       <c r="D440" t="s">
         <v>1720</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B441" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C441" t="s">
         <v>1723</v>
       </c>
       <c r="D441" t="s">
         <v>1724</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>1725</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>1726</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B442" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C442" t="s">
         <v>1727</v>
       </c>
       <c r="D442" t="s">
         <v>1728</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>1730</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B443" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C443" t="s">
         <v>1731</v>
       </c>
       <c r="D443" t="s">
         <v>1732</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>1733</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B444" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C444" t="s">
         <v>1735</v>
       </c>
       <c r="D444" t="s">
         <v>1736</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>1737</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>1738</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B445" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C445" t="s">
         <v>1739</v>
       </c>
       <c r="D445" t="s">
         <v>1740</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>1741</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B446" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C446" t="s">
         <v>1743</v>
       </c>
       <c r="D446" t="s">
         <v>1744</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>1745</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B447" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C447" t="s">
         <v>1747</v>
       </c>
       <c r="D447" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B448" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C448" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="D448" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B449" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C449" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D449" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B450" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C450" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="D450" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B451" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C451" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D451" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B452" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C452" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="D452" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B453" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C453" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D453" t="s">
         <v>1771</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>1772</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B454" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C454" t="s">
         <v>1774</v>
       </c>
       <c r="D454" t="s">
         <v>1775</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>1776</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B455" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C455" t="s">
         <v>1778</v>
       </c>
       <c r="D455" t="s">
         <v>1779</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>1780</v>
       </c>
       <c r="F455" s="2" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B456" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C456" t="s">
         <v>1782</v>
       </c>
       <c r="D456" t="s">
         <v>1783</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>1784</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B457" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C457" t="s">
         <v>1786</v>
       </c>
       <c r="D457" t="s">
         <v>1787</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>1788</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B458" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C458" t="s">
         <v>1790</v>
       </c>
       <c r="D458" t="s">
         <v>1791</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>1792</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1645</v>
+        <v>1701</v>
       </c>
       <c r="B459" t="s">
-        <v>1646</v>
+        <v>1702</v>
       </c>
       <c r="C459" t="s">
         <v>1794</v>
       </c>
       <c r="D459" t="s">
         <v>1795</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>1796</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C460" t="s">
         <v>1798</v>
       </c>
-      <c r="B460" t="s">
+      <c r="D460" t="s">
         <v>1799</v>
       </c>
-      <c r="C460" t="s">
+      <c r="E460" s="2" t="s">
         <v>1800</v>
       </c>
-      <c r="D460" t="s">
+      <c r="F460" s="2" t="s">
         <v>1801</v>
-      </c>
-[...4 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1798</v>
+        <v>1701</v>
       </c>
       <c r="B461" t="s">
-        <v>1799</v>
+        <v>1702</v>
       </c>
       <c r="C461" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E461" s="2" t="s">
         <v>1804</v>
       </c>
-      <c r="D461" t="s">
+      <c r="F461" s="2" t="s">
         <v>1805</v>
-      </c>
-[...4 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1798</v>
+        <v>1701</v>
       </c>
       <c r="B462" t="s">
-        <v>1799</v>
+        <v>1702</v>
       </c>
       <c r="C462" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E462" s="2" t="s">
         <v>1808</v>
       </c>
-      <c r="D462" t="s">
+      <c r="F462" s="2" t="s">
         <v>1809</v>
-      </c>
-[...4 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1798</v>
+        <v>1701</v>
       </c>
       <c r="B463" t="s">
-        <v>1799</v>
+        <v>1702</v>
       </c>
       <c r="C463" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E463" s="2" t="s">
         <v>1812</v>
       </c>
-      <c r="D463" t="s">
+      <c r="F463" s="2" t="s">
         <v>1813</v>
-      </c>
-[...4 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E464" s="2" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F464" s="2" t="s">
         <v>1816</v>
-      </c>
-[...13 lines deleted...]
-        <v>1821</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1816</v>
+        <v>1701</v>
       </c>
       <c r="B465" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C465" t="s">
         <v>1817</v>
       </c>
-      <c r="C465" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D465" t="s">
-        <v>1823</v>
+        <v>1818</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1824</v>
+        <v>1819</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1825</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1816</v>
+        <v>1701</v>
       </c>
       <c r="B466" t="s">
-        <v>1817</v>
+        <v>1702</v>
       </c>
       <c r="C466" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="D466" t="s">
-        <v>1755</v>
+        <v>1822</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1827</v>
+        <v>1823</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1828</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B467" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C467" t="s">
-        <v>511</v>
+        <v>1825</v>
       </c>
       <c r="D467" t="s">
-        <v>512</v>
+        <v>1826</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1613</v>
+        <v>1827</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C468" t="s">
         <v>1829</v>
       </c>
-      <c r="B468" t="s">
+      <c r="D468" t="s">
         <v>1830</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" s="2" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F468" s="2" t="s">
         <v>1832</v>
-      </c>
-[...7 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B469" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C469" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E469" s="2" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F469" s="2" t="s">
         <v>1836</v>
-      </c>
-[...7 lines deleted...]
-        <v>1839</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B470" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C470" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E470" s="2" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F470" s="2" t="s">
         <v>1840</v>
-      </c>
-[...7 lines deleted...]
-        <v>1843</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B471" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C471" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E471" s="2" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F471" s="2" t="s">
         <v>1844</v>
-      </c>
-[...7 lines deleted...]
-        <v>1847</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B472" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C472" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E472" s="2" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F472" s="2" t="s">
         <v>1848</v>
-      </c>
-[...7 lines deleted...]
-        <v>1851</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B473" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C473" t="s">
-        <v>1852</v>
+        <v>1849</v>
       </c>
       <c r="D473" t="s">
-        <v>1853</v>
+        <v>1846</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1854</v>
+        <v>1850</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1855</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B474" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C474" t="s">
-        <v>1856</v>
+        <v>1852</v>
       </c>
       <c r="D474" t="s">
-        <v>1857</v>
+        <v>1853</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1859</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B475" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C475" t="s">
-        <v>1860</v>
+        <v>1856</v>
       </c>
       <c r="D475" t="s">
-        <v>1861</v>
+        <v>1857</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1862</v>
+        <v>1858</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1863</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B476" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C476" t="s">
-        <v>1864</v>
+        <v>1860</v>
       </c>
       <c r="D476" t="s">
-        <v>1865</v>
+        <v>1861</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1866</v>
+        <v>1862</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1867</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B477" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C477" t="s">
-        <v>295</v>
+        <v>1864</v>
       </c>
       <c r="D477" t="s">
-        <v>296</v>
+        <v>1865</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>297</v>
+        <v>1866</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1868</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B478" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C478" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D478" t="s">
         <v>1869</v>
       </c>
-      <c r="D478" t="s">
+      <c r="E478" s="2" t="s">
         <v>1870</v>
       </c>
-      <c r="E478" s="2" t="s">
+      <c r="F478" s="2" t="s">
         <v>1871</v>
-      </c>
-[...1 lines deleted...]
-        <v>1872</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B479" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C479" t="s">
-        <v>878</v>
+        <v>1872</v>
       </c>
       <c r="D479" t="s">
-        <v>879</v>
+        <v>1873</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1131</v>
+        <v>1874</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1829</v>
+        <v>1701</v>
       </c>
       <c r="B480" t="s">
-        <v>1830</v>
+        <v>1702</v>
       </c>
       <c r="C480" t="s">
-        <v>1133</v>
+        <v>1876</v>
       </c>
       <c r="D480" t="s">
-        <v>1134</v>
+        <v>1877</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1874</v>
+        <v>1878</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1829</v>
+        <v>1880</v>
       </c>
       <c r="B481" t="s">
-        <v>1830</v>
+        <v>1881</v>
       </c>
       <c r="C481" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
       <c r="D481" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1878</v>
+        <v>1884</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1829</v>
+        <v>1880</v>
       </c>
       <c r="B482" t="s">
-        <v>1830</v>
+        <v>1881</v>
       </c>
       <c r="C482" t="s">
-        <v>307</v>
+        <v>1886</v>
       </c>
       <c r="D482" t="s">
-        <v>308</v>
+        <v>1887</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>309</v>
+        <v>1888</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1880</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B483" t="s">
         <v>1881</v>
       </c>
-      <c r="B483" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C483" t="s">
-        <v>1883</v>
+        <v>1890</v>
       </c>
       <c r="D483" t="s">
-        <v>1884</v>
+        <v>1891</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1885</v>
+        <v>1892</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1886</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B484" t="s">
         <v>1881</v>
       </c>
-      <c r="B484" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C484" t="s">
-        <v>1887</v>
+        <v>1894</v>
       </c>
       <c r="D484" t="s">
-        <v>1888</v>
+        <v>1895</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1889</v>
+        <v>1896</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="B485" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="C485" t="s">
-        <v>1891</v>
+        <v>1900</v>
       </c>
       <c r="D485" t="s">
-        <v>1892</v>
+        <v>1901</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1893</v>
+        <v>1902</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1894</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="B486" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="C486" t="s">
-        <v>1895</v>
+        <v>1904</v>
       </c>
       <c r="D486" t="s">
-        <v>1896</v>
+        <v>1905</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1897</v>
+        <v>1906</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="B487" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="C487" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="D487" t="s">
-        <v>1900</v>
+        <v>1826</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
       <c r="B488" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C488" t="s">
-        <v>1903</v>
+        <v>519</v>
       </c>
       <c r="D488" t="s">
-        <v>1904</v>
+        <v>520</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1905</v>
+        <v>1665</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1906</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
       <c r="B489" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C489" t="s">
-        <v>1907</v>
+        <v>1914</v>
       </c>
       <c r="D489" t="s">
-        <v>1908</v>
+        <v>1915</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
       <c r="B490" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C490" t="s">
-        <v>1911</v>
+        <v>1918</v>
       </c>
       <c r="D490" t="s">
-        <v>1912</v>
+        <v>1919</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
       <c r="B491" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C491" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
       <c r="D491" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
       <c r="B492" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C492" t="s">
-        <v>1919</v>
+        <v>1926</v>
       </c>
       <c r="D492" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1921</v>
+        <v>1928</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1922</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
       <c r="B493" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C493" t="s">
-        <v>1923</v>
+        <v>1930</v>
       </c>
       <c r="D493" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1927</v>
+        <v>1911</v>
       </c>
       <c r="B494" t="s">
-        <v>1928</v>
+        <v>1912</v>
       </c>
       <c r="C494" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="D494" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1927</v>
+        <v>1911</v>
       </c>
       <c r="B495" t="s">
-        <v>1928</v>
+        <v>1912</v>
       </c>
       <c r="C495" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
       <c r="D495" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B496" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C496" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="D496" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B497" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C497" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="D497" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B498" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C498" t="s">
-        <v>1946</v>
+        <v>303</v>
       </c>
       <c r="D498" t="s">
-        <v>1947</v>
+        <v>304</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1948</v>
+        <v>305</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B499" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C499" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="D499" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B500" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C500" t="s">
-        <v>1954</v>
+        <v>886</v>
       </c>
       <c r="D500" t="s">
+        <v>887</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F500" s="2" t="s">
         <v>1955</v>
-      </c>
-[...4 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B501" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C501" t="s">
-        <v>1958</v>
+        <v>1157</v>
       </c>
       <c r="D501" t="s">
-        <v>1959</v>
+        <v>1158</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1960</v>
+        <v>1956</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1961</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B502" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C502" t="s">
-        <v>1962</v>
+        <v>1958</v>
       </c>
       <c r="D502" t="s">
-        <v>1963</v>
+        <v>1959</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1964</v>
+        <v>1960</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1965</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1936</v>
+        <v>1911</v>
       </c>
       <c r="B503" t="s">
-        <v>1937</v>
+        <v>1912</v>
       </c>
       <c r="C503" t="s">
-        <v>1966</v>
+        <v>315</v>
       </c>
       <c r="D503" t="s">
-        <v>1967</v>
+        <v>316</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1968</v>
+        <v>317</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1969</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1936</v>
+        <v>1963</v>
       </c>
       <c r="B504" t="s">
-        <v>1937</v>
+        <v>1964</v>
       </c>
       <c r="C504" t="s">
-        <v>1970</v>
+        <v>1965</v>
       </c>
       <c r="D504" t="s">
-        <v>1971</v>
+        <v>1966</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1972</v>
+        <v>1967</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1973</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1936</v>
+        <v>1963</v>
       </c>
       <c r="B505" t="s">
-        <v>1937</v>
+        <v>1964</v>
       </c>
       <c r="C505" t="s">
-        <v>1974</v>
+        <v>1969</v>
       </c>
       <c r="D505" t="s">
-        <v>1975</v>
+        <v>1970</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1977</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B506" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C506" t="s">
-        <v>1980</v>
+        <v>1973</v>
       </c>
       <c r="D506" t="s">
-        <v>1981</v>
+        <v>1974</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1982</v>
+        <v>1975</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1983</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D507" t="s">
         <v>1978</v>
       </c>
-      <c r="B507" t="s">
+      <c r="E507" s="2" t="s">
         <v>1979</v>
       </c>
-      <c r="C507" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F507" s="2" t="s">
-        <v>1987</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B508" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C508" t="s">
-        <v>1988</v>
+        <v>1981</v>
       </c>
       <c r="D508" t="s">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1991</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B509" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C509" t="s">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="D509" t="s">
-        <v>1993</v>
+        <v>1986</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1994</v>
+        <v>1987</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1995</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B510" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C510" t="s">
-        <v>1996</v>
+        <v>1989</v>
       </c>
       <c r="D510" t="s">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1999</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B511" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C511" t="s">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="D511" t="s">
-        <v>2001</v>
+        <v>1994</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>2003</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B512" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C512" t="s">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="D512" t="s">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>2007</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B513" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C513" t="s">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="D513" t="s">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>2011</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B514" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C514" t="s">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="D514" t="s">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>2015</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1978</v>
+        <v>2009</v>
       </c>
       <c r="B515" t="s">
-        <v>1979</v>
+        <v>2010</v>
       </c>
       <c r="C515" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="D515" t="s">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1978</v>
+        <v>2009</v>
       </c>
       <c r="B516" t="s">
-        <v>1979</v>
+        <v>2010</v>
       </c>
       <c r="C516" t="s">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="D516" t="s">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>2023</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1978</v>
+        <v>2018</v>
       </c>
       <c r="B517" t="s">
-        <v>1979</v>
+        <v>2019</v>
       </c>
       <c r="C517" t="s">
-        <v>1133</v>
+        <v>2020</v>
       </c>
       <c r="D517" t="s">
-        <v>1134</v>
+        <v>2021</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B518" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C518" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D518" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E518" s="2" t="s">
         <v>2026</v>
       </c>
-      <c r="B518" t="s">
+      <c r="F518" s="2" t="s">
         <v>2027</v>
-      </c>
-[...10 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>2026</v>
+        <v>2018</v>
       </c>
       <c r="B519" t="s">
-        <v>2027</v>
+        <v>2019</v>
       </c>
       <c r="C519" t="s">
-        <v>2032</v>
+        <v>2028</v>
       </c>
       <c r="D519" t="s">
-        <v>2033</v>
+        <v>2029</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>2034</v>
+        <v>2030</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>2035</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>2026</v>
+        <v>2018</v>
       </c>
       <c r="B520" t="s">
-        <v>2027</v>
+        <v>2019</v>
       </c>
       <c r="C520" t="s">
-        <v>295</v>
+        <v>2032</v>
       </c>
       <c r="D520" t="s">
-        <v>296</v>
+        <v>2033</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>297</v>
+        <v>2034</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>2036</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>2026</v>
+        <v>2018</v>
       </c>
       <c r="B521" t="s">
-        <v>2027</v>
+        <v>2019</v>
       </c>
       <c r="C521" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D521" t="s">
         <v>2037</v>
       </c>
-      <c r="D521" t="s">
+      <c r="E521" s="2" t="s">
         <v>2038</v>
       </c>
-      <c r="E521" s="2" t="s">
+      <c r="F521" s="2" t="s">
         <v>2039</v>
-      </c>
-[...1 lines deleted...]
-        <v>2040</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B522" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D522" t="s">
         <v>2041</v>
       </c>
-      <c r="B522" t="s">
+      <c r="E522" s="2" t="s">
         <v>2042</v>
       </c>
-      <c r="C522" t="s">
+      <c r="F522" s="2" t="s">
         <v>2043</v>
-      </c>
-[...7 lines deleted...]
-        <v>2046</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>2041</v>
+        <v>2018</v>
       </c>
       <c r="B523" t="s">
-        <v>2042</v>
+        <v>2019</v>
       </c>
       <c r="C523" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D523" t="s">
+        <v>2045</v>
+      </c>
+      <c r="E523" s="2" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F523" s="2" t="s">
         <v>2047</v>
-      </c>
-[...7 lines deleted...]
-        <v>2050</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>2041</v>
+        <v>2018</v>
       </c>
       <c r="B524" t="s">
-        <v>2042</v>
+        <v>2019</v>
       </c>
       <c r="C524" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D524" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E524" s="2" t="s">
+        <v>2050</v>
+      </c>
+      <c r="F524" s="2" t="s">
         <v>2051</v>
-      </c>
-[...7 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>2041</v>
+        <v>2018</v>
       </c>
       <c r="B525" t="s">
-        <v>2042</v>
+        <v>2019</v>
       </c>
       <c r="C525" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D525" t="s">
+        <v>2053</v>
+      </c>
+      <c r="E525" s="2" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F525" s="2" t="s">
         <v>2055</v>
-      </c>
-[...7 lines deleted...]
-        <v>2058</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>2041</v>
+        <v>2018</v>
       </c>
       <c r="B526" t="s">
-        <v>2042</v>
+        <v>2019</v>
       </c>
       <c r="C526" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D526" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E526" s="2" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F526" s="2" t="s">
         <v>2059</v>
-      </c>
-[...7 lines deleted...]
-        <v>2062</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B527" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C527" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D527" t="s">
         <v>2063</v>
       </c>
-      <c r="D527" t="s">
+      <c r="E527" s="2" t="s">
         <v>2064</v>
       </c>
-      <c r="E527" s="2" t="s">
+      <c r="F527" s="2" t="s">
         <v>2065</v>
-      </c>
-[...1 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B528" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C528" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D528" t="s">
         <v>2067</v>
       </c>
-      <c r="D528" t="s">
+      <c r="E528" s="2" t="s">
         <v>2068</v>
       </c>
-      <c r="E528" s="2" t="s">
+      <c r="F528" s="2" t="s">
         <v>2069</v>
-      </c>
-[...1 lines deleted...]
-        <v>2070</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B529" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C529" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D529" t="s">
         <v>2071</v>
       </c>
-      <c r="D529" t="s">
+      <c r="E529" s="2" t="s">
         <v>2072</v>
       </c>
-      <c r="E529" s="2" t="s">
+      <c r="F529" s="2" t="s">
         <v>2073</v>
-      </c>
-[...1 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B530" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C530" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D530" t="s">
         <v>2075</v>
       </c>
-      <c r="D530" t="s">
+      <c r="E530" s="2" t="s">
         <v>2076</v>
       </c>
-      <c r="E530" s="2" t="s">
+      <c r="F530" s="2" t="s">
         <v>2077</v>
-      </c>
-[...1 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B531" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C531" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D531" t="s">
         <v>2079</v>
       </c>
-      <c r="D531" t="s">
+      <c r="E531" s="2" t="s">
         <v>2080</v>
       </c>
-      <c r="E531" s="2" t="s">
+      <c r="F531" s="2" t="s">
         <v>2081</v>
-      </c>
-[...1 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B532" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C532" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D532" t="s">
         <v>2083</v>
       </c>
-      <c r="D532" t="s">
+      <c r="E532" s="2" t="s">
         <v>2084</v>
       </c>
-      <c r="E532" s="2" t="s">
+      <c r="F532" s="2" t="s">
         <v>2085</v>
-      </c>
-[...1 lines deleted...]
-        <v>2086</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B533" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C533" t="s">
-        <v>1641</v>
+        <v>2086</v>
       </c>
       <c r="D533" t="s">
-        <v>1642</v>
+        <v>2087</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B534" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C534" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="D534" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B535" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C535" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="D535" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B536" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C536" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="D536" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B537" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C537" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="D537" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="B538" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="C538" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="D538" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2109</v>
+        <v>2060</v>
       </c>
       <c r="B539" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E539" s="2" t="s">
         <v>2110</v>
       </c>
-      <c r="C539" t="s">
+      <c r="F539" s="2" t="s">
         <v>2111</v>
-      </c>
-[...7 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="B540" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C540" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D540" t="s">
         <v>2115</v>
       </c>
-      <c r="D540" t="s">
+      <c r="E540" s="2" t="s">
         <v>2116</v>
       </c>
-      <c r="E540" s="2" t="s">
+      <c r="F540" s="2" t="s">
         <v>2117</v>
-      </c>
-[...1 lines deleted...]
-        <v>2118</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="B541" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C541" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D541" t="s">
         <v>2119</v>
       </c>
-      <c r="D541" t="s">
+      <c r="E541" s="2" t="s">
         <v>2120</v>
       </c>
-      <c r="E541" s="2" t="s">
+      <c r="F541" s="2" t="s">
         <v>2121</v>
-      </c>
-[...1 lines deleted...]
-        <v>2122</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="B542" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C542" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D542" t="s">
         <v>2123</v>
       </c>
-      <c r="D542" t="s">
+      <c r="E542" s="2" t="s">
         <v>2124</v>
       </c>
-      <c r="E542" s="2" t="s">
+      <c r="F542" s="2" t="s">
         <v>2125</v>
-      </c>
-[...1 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="B543" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C543" t="s">
-        <v>2127</v>
+        <v>303</v>
       </c>
       <c r="D543" t="s">
-        <v>2128</v>
+        <v>304</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2129</v>
+        <v>305</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2130</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="B544" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C544" t="s">
-        <v>2131</v>
+        <v>2127</v>
       </c>
       <c r="D544" t="s">
-        <v>2132</v>
+        <v>2128</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2133</v>
+        <v>2129</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2134</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2109</v>
+        <v>2131</v>
       </c>
       <c r="B545" t="s">
-        <v>2110</v>
+        <v>2132</v>
       </c>
       <c r="C545" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D545" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E545" s="2" t="s">
         <v>2135</v>
       </c>
-      <c r="D545" t="s">
+      <c r="F545" s="2" t="s">
         <v>2136</v>
-      </c>
-[...4 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2109</v>
+        <v>2131</v>
       </c>
       <c r="B546" t="s">
-        <v>2110</v>
+        <v>2132</v>
       </c>
       <c r="C546" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D546" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E546" s="2" t="s">
         <v>2139</v>
       </c>
-      <c r="D546" t="s">
+      <c r="F546" s="2" t="s">
         <v>2140</v>
-      </c>
-[...4 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B547" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D547" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E547" s="2" t="s">
         <v>2143</v>
       </c>
-      <c r="B547" t="s">
+      <c r="F547" s="2" t="s">
         <v>2144</v>
-      </c>
-[...10 lines deleted...]
-        <v>2148</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B548" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C548" t="s">
-        <v>2149</v>
+        <v>2145</v>
       </c>
       <c r="D548" t="s">
-        <v>2150</v>
+        <v>2146</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2151</v>
+        <v>2147</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2152</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B549" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C549" t="s">
-        <v>2153</v>
+        <v>2149</v>
       </c>
       <c r="D549" t="s">
-        <v>2154</v>
+        <v>2150</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2155</v>
+        <v>2151</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2156</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B550" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C550" t="s">
-        <v>2157</v>
+        <v>2153</v>
       </c>
       <c r="D550" t="s">
-        <v>2158</v>
+        <v>2154</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2159</v>
+        <v>2155</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2160</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B551" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C551" t="s">
-        <v>2161</v>
+        <v>2157</v>
       </c>
       <c r="D551" t="s">
-        <v>2162</v>
+        <v>2158</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2163</v>
+        <v>2159</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2164</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B552" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C552" t="s">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="D552" t="s">
-        <v>2166</v>
+        <v>2162</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2167</v>
+        <v>2163</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2168</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B553" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C553" t="s">
-        <v>2169</v>
+        <v>2165</v>
       </c>
       <c r="D553" t="s">
-        <v>2170</v>
+        <v>2166</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2171</v>
+        <v>2167</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2172</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B554" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C554" t="s">
-        <v>2173</v>
+        <v>2169</v>
       </c>
       <c r="D554" t="s">
-        <v>2174</v>
+        <v>2170</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2175</v>
+        <v>2171</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2176</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B555" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C555" t="s">
-        <v>2177</v>
+        <v>2173</v>
       </c>
       <c r="D555" t="s">
-        <v>2178</v>
+        <v>2174</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2179</v>
+        <v>2175</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2180</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B556" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C556" t="s">
-        <v>2181</v>
+        <v>1693</v>
       </c>
       <c r="D556" t="s">
-        <v>2182</v>
+        <v>1694</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2183</v>
+        <v>2177</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2184</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B557" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C557" t="s">
-        <v>2185</v>
+        <v>2179</v>
       </c>
       <c r="D557" t="s">
-        <v>2186</v>
+        <v>2180</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2187</v>
+        <v>2181</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2188</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B558" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C558" t="s">
-        <v>2189</v>
+        <v>2183</v>
       </c>
       <c r="D558" t="s">
-        <v>2190</v>
+        <v>2184</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2191</v>
+        <v>2185</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2192</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B559" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C559" t="s">
-        <v>2193</v>
+        <v>2187</v>
       </c>
       <c r="D559" t="s">
-        <v>2194</v>
+        <v>2188</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2195</v>
+        <v>2189</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2196</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B560" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C560" t="s">
-        <v>2197</v>
+        <v>2191</v>
       </c>
       <c r="D560" t="s">
-        <v>2198</v>
+        <v>2192</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2199</v>
+        <v>2193</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2200</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="B561" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="C561" t="s">
-        <v>2201</v>
+        <v>2195</v>
       </c>
       <c r="D561" t="s">
-        <v>2202</v>
+        <v>2196</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2203</v>
+        <v>2197</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2204</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="B562" t="s">
-        <v>2144</v>
+        <v>2200</v>
       </c>
       <c r="C562" t="s">
-        <v>2205</v>
+        <v>2201</v>
       </c>
       <c r="D562" t="s">
-        <v>2206</v>
+        <v>2202</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2207</v>
+        <v>2203</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2208</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="B563" t="s">
-        <v>2144</v>
+        <v>2200</v>
       </c>
       <c r="C563" t="s">
-        <v>2209</v>
+        <v>2205</v>
       </c>
       <c r="D563" t="s">
-        <v>2210</v>
+        <v>2206</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2211</v>
+        <v>2207</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2212</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="B564" t="s">
-        <v>2144</v>
+        <v>2200</v>
       </c>
       <c r="C564" t="s">
-        <v>2213</v>
+        <v>2209</v>
       </c>
       <c r="D564" t="s">
-        <v>2214</v>
+        <v>2210</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2215</v>
+        <v>2211</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2216</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="B565" t="s">
-        <v>2144</v>
+        <v>2200</v>
       </c>
       <c r="C565" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="D565" t="s">
-        <v>2217</v>
+        <v>2214</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2218</v>
+        <v>2215</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2219</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="B566" t="s">
-        <v>2144</v>
+        <v>2200</v>
       </c>
       <c r="C566" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D566" t="s">
+        <v>2218</v>
+      </c>
+      <c r="E566" s="2" t="s">
+        <v>2219</v>
+      </c>
+      <c r="F566" s="2" t="s">
         <v>2220</v>
-      </c>
-[...7 lines deleted...]
-        <v>2223</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B567" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D567" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E567" s="2" t="s">
+        <v>2223</v>
+      </c>
+      <c r="F567" s="2" t="s">
         <v>2224</v>
-      </c>
-[...13 lines deleted...]
-        <v>2229</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2224</v>
+        <v>2199</v>
       </c>
       <c r="B568" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C568" t="s">
         <v>2225</v>
       </c>
-      <c r="C568" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D568" t="s">
-        <v>2231</v>
+        <v>2226</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2232</v>
+        <v>2227</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2233</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2224</v>
+        <v>2199</v>
       </c>
       <c r="B569" t="s">
-        <v>2225</v>
+        <v>2200</v>
       </c>
       <c r="C569" t="s">
-        <v>2234</v>
+        <v>2229</v>
       </c>
       <c r="D569" t="s">
-        <v>2235</v>
+        <v>2230</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2236</v>
+        <v>2231</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2237</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B570" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C570" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D570" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E570" s="2" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F570" s="2" t="s">
         <v>2238</v>
-      </c>
-[...7 lines deleted...]
-        <v>2241</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B571" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C571" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D571" t="s">
+        <v>2240</v>
+      </c>
+      <c r="E571" s="2" t="s">
+        <v>2241</v>
+      </c>
+      <c r="F571" s="2" t="s">
         <v>2242</v>
-      </c>
-[...7 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B572" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C572" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D572" t="s">
+        <v>2244</v>
+      </c>
+      <c r="E572" s="2" t="s">
         <v>2245</v>
       </c>
-      <c r="D572" t="s">
+      <c r="F572" s="2" t="s">
         <v>2246</v>
-      </c>
-[...4 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B573" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C573" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D573" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E573" s="2" t="s">
         <v>2249</v>
       </c>
-      <c r="D573" t="s">
+      <c r="F573" s="2" t="s">
         <v>2250</v>
-      </c>
-[...4 lines deleted...]
-        <v>2252</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B574" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C574" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D574" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E574" s="2" t="s">
         <v>2253</v>
       </c>
-      <c r="D574" t="s">
+      <c r="F574" s="2" t="s">
         <v>2254</v>
-      </c>
-[...4 lines deleted...]
-        <v>2256</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B575" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C575" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D575" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E575" s="2" t="s">
         <v>2257</v>
       </c>
-      <c r="D575" t="s">
+      <c r="F575" s="2" t="s">
         <v>2258</v>
-      </c>
-[...4 lines deleted...]
-        <v>2260</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B576" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C576" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D576" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E576" s="2" t="s">
         <v>2261</v>
       </c>
-      <c r="D576" t="s">
+      <c r="F576" s="2" t="s">
         <v>2262</v>
-      </c>
-[...4 lines deleted...]
-        <v>2264</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B577" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C577" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D577" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E577" s="2" t="s">
         <v>2265</v>
       </c>
-      <c r="D577" t="s">
-[...2 lines deleted...]
-      <c r="E577" s="2" t="s">
+      <c r="F577" s="2" t="s">
         <v>2266</v>
-      </c>
-[...1 lines deleted...]
-        <v>2267</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B578" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C578" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D578" t="s">
         <v>2268</v>
       </c>
-      <c r="D578" t="s">
+      <c r="E578" s="2" t="s">
         <v>2269</v>
       </c>
-      <c r="E578" s="2" t="s">
+      <c r="F578" s="2" t="s">
         <v>2270</v>
-      </c>
-[...1 lines deleted...]
-        <v>2271</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B579" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C579" t="s">
-        <v>2272</v>
+        <v>2271</v>
       </c>
       <c r="D579" t="s">
         <v>2272</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>2273</v>
       </c>
       <c r="F579" s="2" t="s">
         <v>2274</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B580" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C580" t="s">
         <v>2275</v>
       </c>
       <c r="D580" t="s">
         <v>2276</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>2277</v>
       </c>
       <c r="F580" s="2" t="s">
         <v>2278</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B581" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C581" t="s">
         <v>2279</v>
       </c>
       <c r="D581" t="s">
         <v>2280</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>2281</v>
       </c>
       <c r="F581" s="2" t="s">
         <v>2282</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B582" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C582" t="s">
         <v>2283</v>
       </c>
       <c r="D582" t="s">
         <v>2284</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>2285</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>2286</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B583" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C583" t="s">
         <v>2287</v>
       </c>
       <c r="D583" t="s">
         <v>2288</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>2289</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>2290</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B584" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C584" t="s">
         <v>2291</v>
       </c>
       <c r="D584" t="s">
         <v>2292</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>2293</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B585" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C585" t="s">
         <v>2295</v>
       </c>
       <c r="D585" t="s">
         <v>2296</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>2297</v>
       </c>
       <c r="F585" s="2" t="s">
         <v>2298</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B586" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C586" t="s">
         <v>2299</v>
       </c>
       <c r="D586" t="s">
         <v>2300</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>2301</v>
       </c>
       <c r="F586" s="2" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B587" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C587" t="s">
-        <v>64</v>
+        <v>2303</v>
       </c>
       <c r="D587" t="s">
-        <v>65</v>
+        <v>2304</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B588" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C588" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="D588" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2224</v>
+        <v>2233</v>
       </c>
       <c r="B589" t="s">
-        <v>2225</v>
+        <v>2234</v>
       </c>
       <c r="C589" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="D589" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2224</v>
+        <v>2314</v>
       </c>
       <c r="B590" t="s">
-        <v>2225</v>
+        <v>2315</v>
       </c>
       <c r="C590" t="s">
-        <v>2313</v>
+        <v>2316</v>
       </c>
       <c r="D590" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2314</v>
+        <v>2318</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2224</v>
+        <v>2314</v>
       </c>
       <c r="B591" t="s">
-        <v>2225</v>
+        <v>2315</v>
       </c>
       <c r="C591" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="D591" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2318</v>
+        <v>2322</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2224</v>
+        <v>2314</v>
       </c>
       <c r="B592" t="s">
-        <v>2225</v>
+        <v>2315</v>
       </c>
       <c r="C592" t="s">
-        <v>2320</v>
+        <v>2324</v>
       </c>
       <c r="D592" t="s">
-        <v>2321</v>
+        <v>2325</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2224</v>
+        <v>2314</v>
       </c>
       <c r="B593" t="s">
-        <v>2225</v>
+        <v>2315</v>
       </c>
       <c r="C593" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="D593" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2328</v>
+        <v>2314</v>
       </c>
       <c r="B594" t="s">
-        <v>2329</v>
+        <v>2315</v>
       </c>
       <c r="C594" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="D594" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2328</v>
+        <v>2314</v>
       </c>
       <c r="B595" t="s">
-        <v>2329</v>
+        <v>2315</v>
       </c>
       <c r="C595" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="D595" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2328</v>
+        <v>2314</v>
       </c>
       <c r="B596" t="s">
-        <v>2329</v>
+        <v>2315</v>
       </c>
       <c r="C596" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="D596" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B597" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C597" t="s">
         <v>2343</v>
       </c>
-      <c r="C597" t="s">
+      <c r="D597" t="s">
         <v>2344</v>
       </c>
-      <c r="D597" t="s">
+      <c r="E597" s="2" t="s">
         <v>2345</v>
       </c>
-      <c r="E597" s="2" t="s">
+      <c r="F597" s="2" t="s">
         <v>2346</v>
-      </c>
-[...1 lines deleted...]
-        <v>2347</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B598" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C598" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D598" t="s">
         <v>2348</v>
       </c>
-      <c r="D598" t="s">
+      <c r="E598" s="2" t="s">
         <v>2349</v>
       </c>
-      <c r="E598" s="2" t="s">
+      <c r="F598" s="2" t="s">
         <v>2350</v>
-      </c>
-[...1 lines deleted...]
-        <v>2351</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B599" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C599" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D599" t="s">
         <v>2352</v>
       </c>
-      <c r="D599" t="s">
+      <c r="E599" s="2" t="s">
         <v>2353</v>
       </c>
-      <c r="E599" s="2" t="s">
+      <c r="F599" s="2" t="s">
         <v>2354</v>
-      </c>
-[...1 lines deleted...]
-        <v>2355</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B600" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C600" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D600" t="s">
+        <v>2355</v>
+      </c>
+      <c r="E600" s="2" t="s">
         <v>2356</v>
       </c>
-      <c r="D600" t="s">
+      <c r="F600" s="2" t="s">
         <v>2357</v>
-      </c>
-[...4 lines deleted...]
-        <v>2359</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B601" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C601" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D601" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E601" s="2" t="s">
         <v>2360</v>
       </c>
-      <c r="D601" t="s">
+      <c r="F601" s="2" t="s">
         <v>2361</v>
-      </c>
-[...4 lines deleted...]
-        <v>2363</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B602" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C602" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D602" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E602" s="2" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F602" s="2" t="s">
         <v>2364</v>
-      </c>
-[...7 lines deleted...]
-        <v>2367</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B603" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C603" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D603" t="s">
+        <v>2366</v>
+      </c>
+      <c r="E603" s="2" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F603" s="2" t="s">
         <v>2368</v>
-      </c>
-[...7 lines deleted...]
-        <v>2371</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B604" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C604" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D604" t="s">
+        <v>2370</v>
+      </c>
+      <c r="E604" s="2" t="s">
+        <v>2371</v>
+      </c>
+      <c r="F604" s="2" t="s">
         <v>2372</v>
-      </c>
-[...7 lines deleted...]
-        <v>2375</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B605" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C605" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2374</v>
+      </c>
+      <c r="E605" s="2" t="s">
+        <v>2375</v>
+      </c>
+      <c r="F605" s="2" t="s">
         <v>2376</v>
-      </c>
-[...7 lines deleted...]
-        <v>2379</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B606" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C606" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2378</v>
+      </c>
+      <c r="E606" s="2" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F606" s="2" t="s">
         <v>2380</v>
-      </c>
-[...7 lines deleted...]
-        <v>2383</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B607" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C607" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D607" t="s">
+        <v>2382</v>
+      </c>
+      <c r="E607" s="2" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F607" s="2" t="s">
         <v>2384</v>
-      </c>
-[...7 lines deleted...]
-        <v>2387</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B608" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C608" t="s">
+        <v>2385</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2386</v>
+      </c>
+      <c r="E608" s="2" t="s">
+        <v>2387</v>
+      </c>
+      <c r="F608" s="2" t="s">
         <v>2388</v>
-      </c>
-[...7 lines deleted...]
-        <v>2391</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B609" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C609" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E609" s="2" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F609" s="2" t="s">
         <v>2392</v>
-      </c>
-[...7 lines deleted...]
-        <v>2395</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B610" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C610" t="s">
-        <v>2396</v>
+        <v>64</v>
       </c>
       <c r="D610" t="s">
-        <v>2397</v>
+        <v>65</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2398</v>
+        <v>2393</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>2399</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B611" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C611" t="s">
-        <v>2400</v>
+        <v>2395</v>
       </c>
       <c r="D611" t="s">
-        <v>2401</v>
+        <v>2396</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2402</v>
+        <v>2397</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2403</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B612" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C612" t="s">
-        <v>2404</v>
+        <v>2399</v>
       </c>
       <c r="D612" t="s">
-        <v>2405</v>
+        <v>2400</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>2406</v>
+        <v>2401</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>2407</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B613" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C613" t="s">
-        <v>2408</v>
+        <v>2403</v>
       </c>
       <c r="D613" t="s">
-        <v>2409</v>
+        <v>2403</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2410</v>
+        <v>2404</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2411</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B614" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C614" t="s">
-        <v>2412</v>
+        <v>2406</v>
       </c>
       <c r="D614" t="s">
-        <v>2413</v>
+        <v>2407</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2414</v>
+        <v>2408</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2415</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B615" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C615" t="s">
-        <v>2416</v>
+        <v>2410</v>
       </c>
       <c r="D615" t="s">
-        <v>2416</v>
+        <v>2411</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2417</v>
+        <v>2412</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2418</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2342</v>
+        <v>2314</v>
       </c>
       <c r="B616" t="s">
-        <v>2343</v>
+        <v>2315</v>
       </c>
       <c r="C616" t="s">
-        <v>2419</v>
+        <v>2414</v>
       </c>
       <c r="D616" t="s">
-        <v>2420</v>
+        <v>2415</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2421</v>
+        <v>2416</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2422</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2342</v>
+        <v>2418</v>
       </c>
       <c r="B617" t="s">
-        <v>2343</v>
+        <v>2419</v>
       </c>
       <c r="C617" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D617" t="s">
+        <v>2421</v>
+      </c>
+      <c r="E617" s="2" t="s">
+        <v>2422</v>
+      </c>
+      <c r="F617" s="2" t="s">
         <v>2423</v>
-      </c>
-[...7 lines deleted...]
-        <v>2426</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2342</v>
+        <v>2418</v>
       </c>
       <c r="B618" t="s">
-        <v>2343</v>
+        <v>2419</v>
       </c>
       <c r="C618" t="s">
+        <v>2424</v>
+      </c>
+      <c r="D618" t="s">
+        <v>2425</v>
+      </c>
+      <c r="E618" s="2" t="s">
+        <v>2426</v>
+      </c>
+      <c r="F618" s="2" t="s">
         <v>2427</v>
-      </c>
-[...7 lines deleted...]
-        <v>2430</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2342</v>
+        <v>2418</v>
       </c>
       <c r="B619" t="s">
-        <v>2343</v>
+        <v>2419</v>
       </c>
       <c r="C619" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E619" s="2" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F619" s="2" t="s">
         <v>2431</v>
-      </c>
-[...7 lines deleted...]
-        <v>2434</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B620" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C620" t="s">
-        <v>2435</v>
+        <v>2434</v>
       </c>
       <c r="D620" t="s">
         <v>2435</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>2436</v>
       </c>
       <c r="F620" s="2" t="s">
         <v>2437</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B621" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C621" t="s">
         <v>2438</v>
       </c>
       <c r="D621" t="s">
         <v>2439</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>2440</v>
       </c>
       <c r="F621" s="2" t="s">
         <v>2441</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B622" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C622" t="s">
         <v>2442</v>
       </c>
       <c r="D622" t="s">
         <v>2443</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>2444</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>2445</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B623" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C623" t="s">
         <v>2446</v>
       </c>
       <c r="D623" t="s">
         <v>2447</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>2448</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>2449</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B624" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C624" t="s">
         <v>2450</v>
       </c>
       <c r="D624" t="s">
         <v>2451</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>2452</v>
       </c>
       <c r="F624" s="2" t="s">
         <v>2453</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B625" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C625" t="s">
         <v>2454</v>
       </c>
       <c r="D625" t="s">
         <v>2455</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>2456</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B626" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C626" t="s">
         <v>2458</v>
       </c>
       <c r="D626" t="s">
         <v>2459</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>2460</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>2461</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B627" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C627" t="s">
         <v>2462</v>
       </c>
       <c r="D627" t="s">
         <v>2463</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>2464</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B628" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C628" t="s">
         <v>2466</v>
       </c>
       <c r="D628" t="s">
         <v>2467</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>2468</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="B629" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="C629" t="s">
         <v>2470</v>
       </c>
       <c r="D629" t="s">
         <v>2471</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>2472</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>2473</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B630" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C630" t="s">
         <v>2474</v>
       </c>
-      <c r="B630" t="s">
+      <c r="D630" t="s">
         <v>2475</v>
       </c>
-      <c r="C630" t="s">
+      <c r="E630" s="2" t="s">
         <v>2476</v>
       </c>
-      <c r="D630" t="s">
+      <c r="F630" s="2" t="s">
         <v>2477</v>
-      </c>
-[...4 lines deleted...]
-        <v>2479</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2474</v>
+        <v>2432</v>
       </c>
       <c r="B631" t="s">
-        <v>2475</v>
+        <v>2433</v>
       </c>
       <c r="C631" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E631" s="2" t="s">
         <v>2480</v>
       </c>
-      <c r="D631" t="s">
+      <c r="F631" s="2" t="s">
         <v>2481</v>
-      </c>
-[...4 lines deleted...]
-        <v>2483</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2474</v>
+        <v>2432</v>
       </c>
       <c r="B632" t="s">
-        <v>2475</v>
+        <v>2433</v>
       </c>
       <c r="C632" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E632" s="2" t="s">
         <v>2484</v>
       </c>
-      <c r="D632" t="s">
+      <c r="F632" s="2" t="s">
         <v>2485</v>
-      </c>
-[...4 lines deleted...]
-        <v>2487</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2474</v>
+        <v>2432</v>
       </c>
       <c r="B633" t="s">
-        <v>2475</v>
+        <v>2433</v>
       </c>
       <c r="C633" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D633" t="s">
+        <v>2487</v>
+      </c>
+      <c r="E633" s="2" t="s">
         <v>2488</v>
       </c>
-      <c r="D633" t="s">
+      <c r="F633" s="2" t="s">
         <v>2489</v>
-      </c>
-[...4 lines deleted...]
-        <v>2491</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2474</v>
+        <v>2432</v>
       </c>
       <c r="B634" t="s">
-        <v>2475</v>
+        <v>2433</v>
       </c>
       <c r="C634" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D634" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E634" s="2" t="s">
         <v>2492</v>
       </c>
-      <c r="D634" t="s">
+      <c r="F634" s="2" t="s">
         <v>2493</v>
-      </c>
-[...4 lines deleted...]
-        <v>2495</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2474</v>
+        <v>2432</v>
       </c>
       <c r="B635" t="s">
-        <v>2475</v>
+        <v>2433</v>
       </c>
       <c r="C635" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D635" t="s">
+        <v>2495</v>
+      </c>
+      <c r="E635" s="2" t="s">
         <v>2496</v>
       </c>
-      <c r="D635" t="s">
+      <c r="F635" s="2" t="s">
         <v>2497</v>
-      </c>
-[...4 lines deleted...]
-        <v>2499</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B636" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D636" t="s">
+        <v>2499</v>
+      </c>
+      <c r="E636" s="2" t="s">
         <v>2500</v>
       </c>
-      <c r="B636" t="s">
+      <c r="F636" s="2" t="s">
         <v>2501</v>
-      </c>
-[...10 lines deleted...]
-        <v>2505</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B637" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C637" t="s">
-        <v>287</v>
+        <v>2502</v>
       </c>
       <c r="D637" t="s">
-        <v>288</v>
+        <v>2503</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2507</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B638" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C638" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D638" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E638" s="2" t="s">
+        <v>2507</v>
+      </c>
+      <c r="F638" s="2" t="s">
         <v>2508</v>
-      </c>
-[...7 lines deleted...]
-        <v>2510</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B639" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C639" t="s">
+        <v>2509</v>
+      </c>
+      <c r="D639" t="s">
+        <v>2510</v>
+      </c>
+      <c r="E639" s="2" t="s">
         <v>2511</v>
       </c>
-      <c r="D639" t="s">
+      <c r="F639" s="2" t="s">
         <v>2512</v>
-      </c>
-[...4 lines deleted...]
-        <v>2514</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B640" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C640" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D640" t="s">
+        <v>2514</v>
+      </c>
+      <c r="E640" s="2" t="s">
         <v>2515</v>
       </c>
-      <c r="D640" t="s">
+      <c r="F640" s="2" t="s">
         <v>2516</v>
-      </c>
-[...4 lines deleted...]
-        <v>2518</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B641" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C641" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D641" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E641" s="2" t="s">
         <v>2519</v>
       </c>
-      <c r="D641" t="s">
+      <c r="F641" s="2" t="s">
         <v>2520</v>
-      </c>
-[...4 lines deleted...]
-        <v>2522</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B642" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C642" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D642" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E642" s="2" t="s">
         <v>2523</v>
       </c>
-      <c r="D642" t="s">
+      <c r="F642" s="2" t="s">
         <v>2524</v>
-      </c>
-[...4 lines deleted...]
-        <v>2526</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2500</v>
+        <v>2432</v>
       </c>
       <c r="B643" t="s">
-        <v>2501</v>
+        <v>2433</v>
       </c>
       <c r="C643" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D643" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E643" s="2" t="s">
+        <v>2526</v>
+      </c>
+      <c r="F643" s="2" t="s">
         <v>2527</v>
       </c>
-      <c r="D643" t="s">
+    </row>
+    <row r="644" spans="1:6">
+      <c r="A644" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B644" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C644" t="s">
         <v>2528</v>
       </c>
-      <c r="E643" s="2" t="s">
+      <c r="D644" t="s">
         <v>2529</v>
       </c>
-      <c r="F643" s="2" t="s">
+      <c r="E644" s="2" t="s">
         <v>2530</v>
+      </c>
+      <c r="F644" s="2" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="A645" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B645" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D645" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E645" s="2" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F645" s="2" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="A646" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B646" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D646" t="s">
+        <v>2537</v>
+      </c>
+      <c r="E646" s="2" t="s">
+        <v>2538</v>
+      </c>
+      <c r="F646" s="2" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="A647" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B647" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D647" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E647" s="2" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F647" s="2" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="A648" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B648" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2544</v>
+      </c>
+      <c r="D648" t="s">
+        <v>2545</v>
+      </c>
+      <c r="E648" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="F648" s="2" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="A649" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B649" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D649" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E649" s="2" t="s">
+        <v>2550</v>
+      </c>
+      <c r="F649" s="2" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="A650" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B650" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E650" s="2" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F650" s="2" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="A651" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B651" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2556</v>
+      </c>
+      <c r="D651" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E651" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F651" s="2" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="A652" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B652" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2560</v>
+      </c>
+      <c r="D652" t="s">
+        <v>2561</v>
+      </c>
+      <c r="E652" s="2" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F652" s="2" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="A653" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B653" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D653" t="s">
+        <v>2567</v>
+      </c>
+      <c r="E653" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="F653" s="2" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="A654" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B654" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D654" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E654" s="2" t="s">
+        <v>2572</v>
+      </c>
+      <c r="F654" s="2" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="A655" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B655" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D655" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E655" s="2" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F655" s="2" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="A656" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B656" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2578</v>
+      </c>
+      <c r="D656" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E656" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F656" s="2" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="A657" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B657" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D657" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E657" s="2" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F657" s="2" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="A658" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B658" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D658" t="s">
+        <v>2587</v>
+      </c>
+      <c r="E658" s="2" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F658" s="2" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="A659" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B659" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D659" t="s">
+        <v>2593</v>
+      </c>
+      <c r="E659" s="2" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F659" s="2" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="A660" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B660" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C660" t="s">
+        <v>291</v>
+      </c>
+      <c r="D660" t="s">
+        <v>292</v>
+      </c>
+      <c r="E660" s="2" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F660" s="2" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="A661" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B661" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D661" t="s">
+        <v>478</v>
+      </c>
+      <c r="E661" s="2" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F661" s="2" t="s">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="A662" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B662" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D662" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E662" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F662" s="2" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="A663" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B663" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D663" t="s">
+        <v>2606</v>
+      </c>
+      <c r="E663" s="2" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F663" s="2" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="A664" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B664" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2610</v>
+      </c>
+      <c r="E664" s="2" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F664" s="2" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="A665" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B665" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D665" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E665" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F665" s="2" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B666" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2617</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E666" s="2" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F666" s="2" t="s">
+        <v>2620</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">